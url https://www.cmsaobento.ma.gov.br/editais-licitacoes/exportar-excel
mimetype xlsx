--- v0 (2025-10-18)
+++ v1 (2025-12-14)
@@ -12,151 +12,211 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="314">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="331">
   <si>
     <t>Sequência</t>
   </si>
   <si>
     <t>Licitação</t>
   </si>
   <si>
     <t>Nº/Ano</t>
   </si>
   <si>
     <t>Modalidade</t>
   </si>
   <si>
     <t>Tipo Licit.</t>
   </si>
   <si>
     <t>Objeto</t>
   </si>
   <si>
     <t>Data Abertura</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>Valor</t>
   </si>
   <si>
+    <t>PREGÃO ELETRÔNICO nº 34/2024</t>
+  </si>
+  <si>
+    <t>34/2024</t>
+  </si>
+  <si>
+    <t>PREGÃO ELETRÔNICO</t>
+  </si>
+  <si>
+    <t>Menor Preço</t>
+  </si>
+  <si>
+    <t>Aditivo de 24,75% sobre o valor global do Contrato...</t>
+  </si>
+  <si>
+    <t>24/11/2025</t>
+  </si>
+  <si>
+    <t>Em Andamento</t>
+  </si>
+  <si>
+    <t>70.997,45</t>
+  </si>
+  <si>
+    <t>DISPENSA nº 11/2025</t>
+  </si>
+  <si>
+    <t>11/2025</t>
+  </si>
+  <si>
+    <t>DISPENSA</t>
+  </si>
+  <si>
+    <t>Contratação de empresa para prestação do serviço d...</t>
+  </si>
+  <si>
+    <t>28/11/2025</t>
+  </si>
+  <si>
+    <t>Homologada</t>
+  </si>
+  <si>
+    <t>50.000,00</t>
+  </si>
+  <si>
+    <t>PREGÃO ELETRÔNICO nº 01/2024</t>
+  </si>
+  <si>
+    <t>01/2024</t>
+  </si>
+  <si>
+    <t>Aditivo de 25% (vinte e cinco por cento) dos itens...</t>
+  </si>
+  <si>
+    <t>16/10/2025</t>
+  </si>
+  <si>
+    <t>15.950,00</t>
+  </si>
+  <si>
+    <t>DISPENSA nº 10/2025</t>
+  </si>
+  <si>
+    <t>10/2025</t>
+  </si>
+  <si>
+    <t>Contratação de empresa para prestação de serviço d...</t>
+  </si>
+  <si>
+    <t>31/10/2025</t>
+  </si>
+  <si>
+    <t>47.000,00</t>
+  </si>
+  <si>
     <t>ADESÃO ATA SRP nº 05/2025</t>
   </si>
   <si>
     <t>05/2025</t>
   </si>
   <si>
     <t>ADESÃO ATA SRP</t>
   </si>
   <si>
-    <t>Menor Preço</t>
-[...1 lines deleted...]
-  <si>
     <t>Contratação de empresa especializada para a presta...</t>
   </si>
   <si>
-    <t>16/10/2025</t>
-[...2 lines deleted...]
-    <t>Homologada</t>
+    <t>20/10/2025</t>
   </si>
   <si>
     <t>109.920,00</t>
   </si>
   <si>
     <t>ADESÃO ATA SRP nº 04/2025</t>
   </si>
   <si>
     <t>04/2025</t>
   </si>
   <si>
     <t>Contratação de Pessoa Jurídica para fornecimento d...</t>
   </si>
   <si>
     <t>23/09/2025</t>
   </si>
   <si>
     <t>171.975,86</t>
   </si>
   <si>
     <t>DISPENSA nº 09/2025</t>
   </si>
   <si>
     <t>09/2025</t>
   </si>
   <si>
-    <t>DISPENSA</t>
-[...1 lines deleted...]
-  <si>
     <t>Contratação de empresa para fornecimento de gênero...</t>
   </si>
   <si>
     <t>29/08/2025</t>
   </si>
   <si>
     <t>50.979,00</t>
   </si>
   <si>
     <t>DISPENSA nº 08/2025</t>
   </si>
   <si>
     <t>08/2025</t>
   </si>
   <si>
-    <t>Contratação de empresa para prestação de serviço d...</t>
-[...1 lines deleted...]
-  <si>
     <t>06/08/2025</t>
   </si>
   <si>
-    <t>Em Andamento</t>
-[...1 lines deleted...]
-  <si>
     <t>21.664,00</t>
   </si>
   <si>
     <t>DISPENSA nº 06/2025</t>
   </si>
   <si>
     <t>06/2025</t>
   </si>
   <si>
     <t>Contratação de empresa para Fornecimento de equipa...</t>
   </si>
   <si>
     <t>24/07/2025</t>
   </si>
   <si>
     <t>40.280,00</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 05/2025</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE</t>
   </si>
   <si>
     <t>Contratação de empresa para prestação de serviços...</t>
@@ -333,59 +393,50 @@
     <t>MAIOR DESCONTO</t>
   </si>
   <si>
     <t>SEGUNDO ADITIVO CONTRATUAL N° 08.2022 - PARA CONTR...</t>
   </si>
   <si>
     <t>23/08/2024</t>
   </si>
   <si>
     <t>R$ 3.000,00</t>
   </si>
   <si>
     <t>010/2024</t>
   </si>
   <si>
     <t>Não se aplica</t>
   </si>
   <si>
     <t>1° Aditivo ao Contrato 12/2023 com empresa especi...</t>
   </si>
   <si>
     <t>24/10/2024</t>
   </si>
   <si>
     <t>R$ 30.000,00</t>
-  </si>
-[...7 lines deleted...]
-    <t>PREGÃO ELETRÔNICO</t>
   </si>
   <si>
     <t>O presente contrato tem por objeto utilização de s...</t>
   </si>
   <si>
     <t>15/01/2025</t>
   </si>
   <si>
     <t>75.250,00</t>
   </si>
   <si>
     <t>008/2024</t>
   </si>
   <si>
     <t>primeiro aditivo de empresa para prestação de serv...</t>
   </si>
   <si>
     <t>31/05/2024</t>
   </si>
   <si>
     <t>007/2024</t>
   </si>
   <si>
     <t>1º Termo Aditivo do Contrato Nº. 07/2023 - sistema...</t>
   </si>
@@ -1303,2440 +1354,2556 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I83"/>
+  <dimension ref="A1:I87"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I83" sqref="I83"/>
+      <selection activeCell="I87" sqref="I87"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
       <c r="I2" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="B3" t="s">
         <v>17</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="H3" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="I3" s="1" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="B4" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="C4" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="D4" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="F4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="G4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="H4" t="s">
         <v>15</v>
       </c>
       <c r="I4" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
-        <v>79</v>
+        <v>112</v>
       </c>
       <c r="B5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D5" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="E5" t="s">
         <v>12</v>
       </c>
       <c r="F5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="G5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="H5" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
-        <v>78</v>
+        <v>111</v>
       </c>
       <c r="B6" t="s">
         <v>34</v>
       </c>
       <c r="C6" t="s">
         <v>35</v>
       </c>
       <c r="D6" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="E6" t="s">
         <v>12</v>
       </c>
       <c r="F6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="G6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H6" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7">
-        <v>77</v>
+        <v>110</v>
       </c>
       <c r="B7" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C7" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="D7" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="E7" t="s">
         <v>12</v>
       </c>
       <c r="F7" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G7" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="H7" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
-        <v>76</v>
+        <v>109</v>
       </c>
       <c r="B8" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C8" t="s">
-        <v>10</v>
+        <v>46</v>
       </c>
       <c r="D8" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="E8" t="s">
         <v>12</v>
       </c>
       <c r="F8" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="G8" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="H8" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="B9" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="C9" t="s">
-        <v>18</v>
+        <v>51</v>
       </c>
       <c r="D9" t="s">
-        <v>40</v>
+        <v>19</v>
       </c>
       <c r="E9" t="s">
         <v>12</v>
       </c>
       <c r="F9" t="s">
-        <v>49</v>
+        <v>31</v>
       </c>
       <c r="G9" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H9" t="s">
-        <v>51</v>
+        <v>15</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="B10" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C10" t="s">
-        <v>18</v>
+        <v>55</v>
       </c>
       <c r="D10" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="E10" t="s">
-        <v>54</v>
+        <v>12</v>
       </c>
       <c r="F10" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="G10" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="H10" t="s">
-        <v>51</v>
+        <v>15</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="B11" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C11" t="s">
-        <v>59</v>
+        <v>35</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>60</v>
       </c>
       <c r="E11" t="s">
         <v>12</v>
       </c>
       <c r="F11" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="G11" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="H11" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="B12" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C12" t="s">
-        <v>59</v>
+        <v>35</v>
       </c>
       <c r="D12" t="s">
-        <v>40</v>
+        <v>19</v>
       </c>
       <c r="E12" t="s">
         <v>12</v>
       </c>
       <c r="F12" t="s">
-        <v>41</v>
+        <v>65</v>
       </c>
       <c r="G12" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="H12" t="s">
-        <v>51</v>
+        <v>15</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
+        <v>75</v>
+      </c>
+      <c r="B13" t="s">
+        <v>68</v>
+      </c>
+      <c r="C13" t="s">
+        <v>41</v>
+      </c>
+      <c r="D13" t="s">
+        <v>60</v>
+      </c>
+      <c r="E13" t="s">
+        <v>12</v>
+      </c>
+      <c r="F13" t="s">
+        <v>69</v>
+      </c>
+      <c r="G13" t="s">
+        <v>70</v>
+      </c>
+      <c r="H13" t="s">
         <v>71</v>
       </c>
-      <c r="B13" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="I13" s="1" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="B14" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="C14" t="s">
-        <v>69</v>
+        <v>41</v>
       </c>
       <c r="D14" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E14" t="s">
-        <v>12</v>
+        <v>74</v>
       </c>
       <c r="F14" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="G14" t="s">
+        <v>76</v>
+      </c>
+      <c r="H14" t="s">
         <v>71</v>
       </c>
-      <c r="H14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I14" s="1" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="B15" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="C15" t="s">
-        <v>69</v>
+        <v>79</v>
       </c>
       <c r="D15" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="E15" t="s">
         <v>12</v>
       </c>
       <c r="F15" t="s">
-        <v>74</v>
+        <v>80</v>
       </c>
       <c r="G15" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="H15" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>65</v>
+        <v>82</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="B16" t="s">
-        <v>77</v>
+        <v>83</v>
       </c>
       <c r="C16" t="s">
-        <v>69</v>
+        <v>79</v>
       </c>
       <c r="D16" t="s">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="E16" t="s">
-        <v>54</v>
+        <v>12</v>
       </c>
       <c r="F16" t="s">
-        <v>78</v>
+        <v>61</v>
       </c>
       <c r="G16" t="s">
-        <v>56</v>
+        <v>84</v>
       </c>
       <c r="H16" t="s">
-        <v>51</v>
+        <v>71</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="B17" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="C17" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="D17" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E17" t="s">
-        <v>12</v>
+        <v>74</v>
       </c>
       <c r="F17" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="G17" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="H17" t="s">
-        <v>51</v>
+        <v>15</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="B18" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="C18" t="s">
-        <v>81</v>
+        <v>89</v>
       </c>
       <c r="D18" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="E18" t="s">
         <v>12</v>
       </c>
       <c r="F18" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="G18" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="H18" t="s">
-        <v>51</v>
+        <v>71</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="B19" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="C19" t="s">
-        <v>81</v>
+        <v>89</v>
       </c>
       <c r="D19" t="s">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="E19" t="s">
         <v>12</v>
       </c>
       <c r="F19" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="G19" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="H19" t="s">
-        <v>51</v>
+        <v>96</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>43</v>
+        <v>85</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="B20" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="C20" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="D20" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="E20" t="s">
-        <v>54</v>
+        <v>74</v>
       </c>
       <c r="F20" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="G20" t="s">
-        <v>94</v>
+        <v>76</v>
       </c>
       <c r="H20" t="s">
-        <v>51</v>
+        <v>71</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="B21" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="C21" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="D21" t="s">
-        <v>97</v>
+        <v>36</v>
       </c>
       <c r="E21" t="s">
-        <v>98</v>
+        <v>12</v>
       </c>
       <c r="F21" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="G21" t="s">
-        <v>100</v>
+        <v>91</v>
       </c>
       <c r="H21" t="s">
-        <v>15</v>
+        <v>71</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="B22" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="C22" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="D22" t="s">
-        <v>97</v>
+        <v>19</v>
       </c>
       <c r="E22" t="s">
-        <v>103</v>
+        <v>12</v>
       </c>
       <c r="F22" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="G22" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="H22" t="s">
-        <v>15</v>
+        <v>71</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="B23" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C23" t="s">
-        <v>108</v>
+        <v>101</v>
       </c>
       <c r="D23" t="s">
-        <v>109</v>
+        <v>60</v>
       </c>
       <c r="E23" t="s">
         <v>12</v>
       </c>
       <c r="F23" t="s">
+        <v>109</v>
+      </c>
+      <c r="G23" t="s">
         <v>110</v>
       </c>
-      <c r="G23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H23" t="s">
-        <v>51</v>
+        <v>71</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>112</v>
+        <v>63</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="B24" t="s">
+        <v>111</v>
+      </c>
+      <c r="C24" t="s">
+        <v>112</v>
+      </c>
+      <c r="D24" t="s">
+        <v>19</v>
+      </c>
+      <c r="E24" t="s">
+        <v>74</v>
+      </c>
+      <c r="F24" t="s">
         <v>113</v>
       </c>
-      <c r="C24" t="s">
-[...8 lines deleted...]
-      <c r="F24" t="s">
+      <c r="G24" t="s">
         <v>114</v>
       </c>
-      <c r="G24" t="s">
+      <c r="H24" t="s">
+        <v>71</v>
+      </c>
+      <c r="I24" s="1" t="s">
         <v>115</v>
-      </c>
-[...4 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="B25" t="s">
         <v>116</v>
       </c>
       <c r="C25" t="s">
         <v>116</v>
       </c>
       <c r="D25" t="s">
-        <v>97</v>
+        <v>117</v>
       </c>
       <c r="E25" t="s">
-        <v>103</v>
+        <v>118</v>
       </c>
       <c r="F25" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="G25" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="H25" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>95</v>
+        <v>121</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="B26" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="C26" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="D26" t="s">
-        <v>97</v>
+        <v>117</v>
       </c>
       <c r="E26" t="s">
-        <v>103</v>
+        <v>123</v>
       </c>
       <c r="F26" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="G26" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="H26" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>95</v>
+        <v>126</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="B27" t="s">
-        <v>122</v>
+        <v>24</v>
       </c>
       <c r="C27" t="s">
-        <v>122</v>
+        <v>25</v>
       </c>
       <c r="D27" t="s">
-        <v>97</v>
+        <v>11</v>
       </c>
       <c r="E27" t="s">
-        <v>54</v>
+        <v>12</v>
       </c>
       <c r="F27" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="G27" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="H27" t="s">
-        <v>32</v>
+        <v>71</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>95</v>
+        <v>129</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="B28" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="C28" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="D28" t="s">
-        <v>97</v>
+        <v>117</v>
       </c>
       <c r="E28" t="s">
-        <v>103</v>
+        <v>123</v>
       </c>
       <c r="F28" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="G28" t="s">
-        <v>124</v>
+        <v>132</v>
       </c>
       <c r="H28" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>127</v>
+        <v>115</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="B29" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="C29" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D29" t="s">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="E29" t="s">
-        <v>54</v>
+        <v>123</v>
       </c>
       <c r="F29" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="G29" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="H29" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>132</v>
+        <v>115</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="B30" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="C30" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="D30" t="s">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="E30" t="s">
-        <v>135</v>
+        <v>123</v>
       </c>
       <c r="F30" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="G30" t="s">
-        <v>131</v>
+        <v>138</v>
       </c>
       <c r="H30" t="s">
-        <v>51</v>
+        <v>15</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>137</v>
+        <v>115</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="B31" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C31" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D31" t="s">
-        <v>97</v>
+        <v>117</v>
       </c>
       <c r="E31" t="s">
-        <v>54</v>
+        <v>74</v>
       </c>
       <c r="F31" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="G31" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="H31" t="s">
         <v>15</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>141</v>
+        <v>115</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="B32" t="s">
         <v>142</v>
       </c>
       <c r="C32" t="s">
+        <v>142</v>
+      </c>
+      <c r="D32" t="s">
+        <v>117</v>
+      </c>
+      <c r="E32" t="s">
+        <v>123</v>
+      </c>
+      <c r="F32" t="s">
         <v>143</v>
       </c>
-      <c r="D32" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G32" t="s">
+        <v>141</v>
+      </c>
+      <c r="H32" t="s">
+        <v>22</v>
+      </c>
+      <c r="I32" s="1" t="s">
         <v>144</v>
-      </c>
-[...4 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="B33" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="C33" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="D33" t="s">
-        <v>109</v>
+        <v>11</v>
       </c>
       <c r="E33" t="s">
-        <v>98</v>
+        <v>74</v>
       </c>
       <c r="F33" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="G33" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="H33" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="I33" s="1"/>
+        <v>71</v>
+      </c>
+      <c r="I33" s="1" t="s">
+        <v>149</v>
+      </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="B34" t="s">
+        <v>150</v>
+      </c>
+      <c r="C34" t="s">
+        <v>151</v>
+      </c>
+      <c r="D34" t="s">
+        <v>11</v>
+      </c>
+      <c r="E34" t="s">
+        <v>152</v>
+      </c>
+      <c r="F34" t="s">
+        <v>153</v>
+      </c>
+      <c r="G34" t="s">
         <v>148</v>
       </c>
-      <c r="C34" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H34" t="s">
-        <v>15</v>
+        <v>71</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="B35" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="C35" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="D35" t="s">
-        <v>97</v>
+        <v>117</v>
       </c>
       <c r="E35" t="s">
-        <v>54</v>
+        <v>74</v>
       </c>
       <c r="F35" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="G35" t="s">
-        <v>131</v>
+        <v>157</v>
       </c>
       <c r="H35" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="B36" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="C36" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="D36" t="s">
-        <v>97</v>
+        <v>11</v>
       </c>
       <c r="E36" t="s">
-        <v>54</v>
+        <v>74</v>
       </c>
       <c r="F36" t="s">
-        <v>70</v>
+        <v>153</v>
       </c>
       <c r="G36" t="s">
-        <v>131</v>
+        <v>161</v>
       </c>
       <c r="H36" t="s">
-        <v>32</v>
+        <v>71</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>156</v>
+        <v>162</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="B37" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="C37" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="D37" t="s">
-        <v>97</v>
+        <v>11</v>
       </c>
       <c r="E37" t="s">
-        <v>103</v>
+        <v>118</v>
       </c>
       <c r="F37" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="G37" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="H37" t="s">
-        <v>15</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="I37" s="1"/>
     </row>
     <row r="38" spans="1:9">
       <c r="A38">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="B38" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="C38" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="D38" t="s">
-        <v>109</v>
+        <v>11</v>
       </c>
       <c r="E38" t="s">
-        <v>98</v>
+        <v>74</v>
       </c>
       <c r="F38" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="G38" t="s">
-        <v>163</v>
+        <v>148</v>
       </c>
       <c r="H38" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="B39" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="C39" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="D39" t="s">
-        <v>97</v>
+        <v>117</v>
       </c>
       <c r="E39" t="s">
-        <v>54</v>
+        <v>74</v>
       </c>
       <c r="F39" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="G39" t="s">
-        <v>168</v>
+        <v>148</v>
       </c>
       <c r="H39" t="s">
-        <v>51</v>
+        <v>71</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="B40" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="C40" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D40" t="s">
-        <v>97</v>
+        <v>117</v>
       </c>
       <c r="E40" t="s">
-        <v>12</v>
+        <v>74</v>
       </c>
       <c r="F40" t="s">
-        <v>172</v>
+        <v>90</v>
       </c>
       <c r="G40" t="s">
+        <v>148</v>
+      </c>
+      <c r="H40" t="s">
+        <v>15</v>
+      </c>
+      <c r="I40" s="1" t="s">
         <v>173</v>
-      </c>
-[...4 lines deleted...]
-        <v>174</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="B41" t="s">
+        <v>174</v>
+      </c>
+      <c r="C41" t="s">
+        <v>174</v>
+      </c>
+      <c r="D41" t="s">
+        <v>117</v>
+      </c>
+      <c r="E41" t="s">
+        <v>123</v>
+      </c>
+      <c r="F41" t="s">
         <v>175</v>
       </c>
-      <c r="C41" t="s">
+      <c r="G41" t="s">
         <v>176</v>
       </c>
-      <c r="D41" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H41" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>179</v>
+        <v>115</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="B42" t="s">
+        <v>177</v>
+      </c>
+      <c r="C42" t="s">
+        <v>178</v>
+      </c>
+      <c r="D42" t="s">
+        <v>11</v>
+      </c>
+      <c r="E42" t="s">
+        <v>118</v>
+      </c>
+      <c r="F42" t="s">
+        <v>179</v>
+      </c>
+      <c r="G42" t="s">
         <v>180</v>
       </c>
-      <c r="C42" t="s">
-[...11 lines deleted...]
-      <c r="G42" t="s">
+      <c r="H42" t="s">
+        <v>71</v>
+      </c>
+      <c r="I42" s="1" t="s">
         <v>181</v>
-      </c>
-[...4 lines deleted...]
-        <v>182</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="B43" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="C43" t="s">
         <v>183</v>
       </c>
       <c r="D43" t="s">
-        <v>97</v>
+        <v>117</v>
       </c>
       <c r="E43" t="s">
-        <v>103</v>
+        <v>74</v>
       </c>
       <c r="F43" t="s">
         <v>184</v>
       </c>
       <c r="G43" t="s">
         <v>185</v>
       </c>
       <c r="H43" t="s">
-        <v>15</v>
+        <v>71</v>
       </c>
       <c r="I43" s="1" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="B44" t="s">
         <v>187</v>
       </c>
       <c r="C44" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D44" t="s">
-        <v>97</v>
+        <v>117</v>
       </c>
       <c r="E44" t="s">
-        <v>103</v>
+        <v>12</v>
       </c>
       <c r="F44" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="G44" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="H44" t="s">
-        <v>32</v>
+        <v>71</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>95</v>
+        <v>191</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="B45" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="C45" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="D45" t="s">
-        <v>97</v>
+        <v>11</v>
       </c>
       <c r="E45" t="s">
-        <v>103</v>
+        <v>194</v>
       </c>
       <c r="F45" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="G45" t="s">
-        <v>192</v>
+        <v>148</v>
       </c>
       <c r="H45" t="s">
-        <v>15</v>
+        <v>71</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="B46" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="C46" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="D46" t="s">
-        <v>97</v>
+        <v>117</v>
       </c>
       <c r="E46" t="s">
-        <v>103</v>
+        <v>74</v>
       </c>
       <c r="F46" t="s">
-        <v>195</v>
+        <v>105</v>
       </c>
       <c r="G46" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="H46" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="B47" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C47" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="D47" t="s">
-        <v>97</v>
+        <v>117</v>
       </c>
       <c r="E47" t="s">
-        <v>103</v>
+        <v>123</v>
       </c>
       <c r="F47" t="s">
-        <v>70</v>
+        <v>201</v>
       </c>
       <c r="G47" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="H47" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="B48" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="C48" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="D48" t="s">
-        <v>97</v>
+        <v>117</v>
       </c>
       <c r="E48" t="s">
-        <v>103</v>
+        <v>123</v>
       </c>
       <c r="F48" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="G48" t="s">
-        <v>168</v>
+        <v>206</v>
       </c>
       <c r="H48" t="s">
-        <v>51</v>
+        <v>15</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>203</v>
+        <v>115</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="B49" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="C49" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="D49" t="s">
-        <v>97</v>
+        <v>117</v>
       </c>
       <c r="E49" t="s">
-        <v>103</v>
+        <v>123</v>
       </c>
       <c r="F49" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="G49" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="H49" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="B50" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="C50" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="D50" t="s">
-        <v>209</v>
+        <v>117</v>
       </c>
       <c r="E50" t="s">
-        <v>54</v>
+        <v>123</v>
       </c>
       <c r="F50" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="G50" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="H50" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>182</v>
+        <v>214</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="B51" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="C51" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="D51" t="s">
-        <v>214</v>
+        <v>117</v>
       </c>
       <c r="E51" t="s">
-        <v>98</v>
+        <v>123</v>
       </c>
       <c r="F51" t="s">
-        <v>215</v>
+        <v>90</v>
       </c>
       <c r="G51" t="s">
         <v>216</v>
       </c>
       <c r="H51" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>95</v>
+        <v>217</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="B52" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C52" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D52" t="s">
-        <v>97</v>
+        <v>117</v>
       </c>
       <c r="E52" t="s">
-        <v>54</v>
+        <v>123</v>
       </c>
       <c r="F52" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="G52" t="s">
-        <v>219</v>
+        <v>185</v>
       </c>
       <c r="H52" t="s">
-        <v>15</v>
+        <v>71</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>95</v>
+        <v>220</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="B53" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C53" t="s">
         <v>221</v>
       </c>
       <c r="D53" t="s">
-        <v>214</v>
+        <v>117</v>
       </c>
       <c r="E53" t="s">
-        <v>103</v>
+        <v>123</v>
       </c>
       <c r="F53" t="s">
+        <v>219</v>
+      </c>
+      <c r="G53" t="s">
         <v>222</v>
       </c>
-      <c r="G53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H53" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>95</v>
+        <v>223</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="B54" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C54" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="D54" t="s">
-        <v>209</v>
+        <v>226</v>
       </c>
       <c r="E54" t="s">
-        <v>54</v>
+        <v>74</v>
       </c>
       <c r="F54" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="G54" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="H54" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>226</v>
+        <v>199</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B55" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="C55" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="D55" t="s">
-        <v>11</v>
+        <v>231</v>
       </c>
       <c r="E55" t="s">
-        <v>103</v>
+        <v>118</v>
       </c>
       <c r="F55" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="G55" t="s">
-        <v>131</v>
+        <v>233</v>
       </c>
       <c r="H55" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>230</v>
+        <v>115</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="B56" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="C56" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="D56" t="s">
-        <v>97</v>
+        <v>117</v>
       </c>
       <c r="E56" t="s">
-        <v>103</v>
+        <v>74</v>
       </c>
       <c r="F56" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="G56" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="H56" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="B57" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="C57" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="D57" t="s">
-        <v>11</v>
+        <v>231</v>
       </c>
       <c r="E57" t="s">
-        <v>12</v>
+        <v>123</v>
       </c>
       <c r="F57" t="s">
+        <v>239</v>
+      </c>
+      <c r="G57" t="s">
         <v>236</v>
       </c>
-      <c r="G57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H57" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>238</v>
+        <v>115</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="B58" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="C58" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="D58" t="s">
-        <v>109</v>
+        <v>226</v>
       </c>
       <c r="E58" t="s">
-        <v>54</v>
+        <v>74</v>
       </c>
       <c r="F58" t="s">
         <v>241</v>
       </c>
       <c r="G58" t="s">
         <v>242</v>
       </c>
       <c r="H58" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="I58" s="1" t="s">
         <v>243</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="B59" t="s">
         <v>244</v>
       </c>
       <c r="C59" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
       <c r="D59" t="s">
-        <v>109</v>
+        <v>36</v>
       </c>
       <c r="E59" t="s">
-        <v>54</v>
+        <v>123</v>
       </c>
       <c r="F59" t="s">
-        <v>150</v>
+        <v>246</v>
       </c>
       <c r="G59" t="s">
-        <v>242</v>
+        <v>148</v>
       </c>
       <c r="H59" t="s">
-        <v>51</v>
+        <v>71</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="B60" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="C60" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="D60" t="s">
-        <v>97</v>
+        <v>117</v>
       </c>
       <c r="E60" t="s">
-        <v>12</v>
+        <v>123</v>
       </c>
       <c r="F60" t="s">
-        <v>70</v>
+        <v>249</v>
       </c>
       <c r="G60" t="s">
-        <v>168</v>
+        <v>250</v>
       </c>
       <c r="H60" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>248</v>
+        <v>115</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="B61" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="C61" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="D61" t="s">
-        <v>97</v>
+        <v>36</v>
       </c>
       <c r="E61" t="s">
-        <v>98</v>
+        <v>12</v>
       </c>
       <c r="F61" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="G61" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="H61" t="s">
-        <v>15</v>
+        <v>71</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="B62" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="C62" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="D62" t="s">
-        <v>97</v>
+        <v>11</v>
       </c>
       <c r="E62" t="s">
-        <v>103</v>
+        <v>74</v>
       </c>
       <c r="F62" t="s">
-        <v>85</v>
+        <v>258</v>
+      </c>
+      <c r="G62" t="s">
+        <v>259</v>
       </c>
       <c r="H62" t="s">
-        <v>32</v>
+        <v>71</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>254</v>
+        <v>260</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="B63" t="s">
-        <v>253</v>
+        <v>261</v>
       </c>
       <c r="C63" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="D63" t="s">
-        <v>97</v>
+        <v>11</v>
       </c>
       <c r="E63" t="s">
-        <v>54</v>
+        <v>74</v>
       </c>
       <c r="F63" t="s">
-        <v>85</v>
+        <v>167</v>
       </c>
       <c r="G63" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="H63" t="s">
-        <v>15</v>
+        <v>71</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>254</v>
+        <v>262</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="B64" t="s">
-        <v>256</v>
+        <v>263</v>
       </c>
       <c r="C64" t="s">
-        <v>256</v>
+        <v>264</v>
       </c>
       <c r="D64" t="s">
-        <v>97</v>
+        <v>117</v>
       </c>
       <c r="E64" t="s">
-        <v>103</v>
+        <v>12</v>
       </c>
       <c r="F64" t="s">
-        <v>257</v>
+        <v>90</v>
+      </c>
+      <c r="G64" t="s">
+        <v>185</v>
       </c>
       <c r="H64" t="s">
-        <v>32</v>
+        <v>71</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>258</v>
+        <v>265</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="B65" t="s">
-        <v>256</v>
+        <v>266</v>
       </c>
       <c r="C65" t="s">
-        <v>256</v>
+        <v>266</v>
       </c>
       <c r="D65" t="s">
-        <v>97</v>
+        <v>117</v>
       </c>
       <c r="E65" t="s">
-        <v>103</v>
+        <v>118</v>
       </c>
       <c r="F65" t="s">
-        <v>257</v>
+        <v>267</v>
       </c>
       <c r="G65" t="s">
-        <v>259</v>
+        <v>268</v>
       </c>
       <c r="H65" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>258</v>
+        <v>269</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B66" t="s">
-        <v>260</v>
+        <v>270</v>
       </c>
       <c r="C66" t="s">
-        <v>261</v>
+        <v>270</v>
       </c>
       <c r="D66" t="s">
-        <v>262</v>
+        <v>117</v>
       </c>
       <c r="E66" t="s">
-        <v>54</v>
+        <v>123</v>
       </c>
       <c r="F66" t="s">
-        <v>263</v>
-[...2 lines deleted...]
-        <v>264</v>
+        <v>105</v>
       </c>
       <c r="H66" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>265</v>
+        <v>271</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="B67" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="C67" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="D67" t="s">
-        <v>268</v>
+        <v>117</v>
       </c>
       <c r="E67" t="s">
-        <v>54</v>
+        <v>74</v>
       </c>
       <c r="F67" t="s">
-        <v>269</v>
+        <v>105</v>
       </c>
       <c r="G67" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="H67" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="I67" s="1" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B68" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C68" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="D68" t="s">
-        <v>97</v>
+        <v>117</v>
       </c>
       <c r="E68" t="s">
-        <v>103</v>
+        <v>123</v>
       </c>
       <c r="F68" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="H68" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B69" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C69" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="D69" t="s">
-        <v>97</v>
+        <v>117</v>
       </c>
       <c r="E69" t="s">
-        <v>103</v>
+        <v>123</v>
       </c>
       <c r="F69" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="G69" t="s">
+        <v>276</v>
+      </c>
+      <c r="H69" t="s">
+        <v>22</v>
+      </c>
+      <c r="I69" s="1" t="s">
         <v>275</v>
-      </c>
-[...4 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="B70" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="C70" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="D70" t="s">
-        <v>268</v>
+        <v>279</v>
       </c>
       <c r="E70" t="s">
-        <v>54</v>
+        <v>74</v>
       </c>
       <c r="F70" t="s">
-        <v>269</v>
+        <v>280</v>
       </c>
       <c r="G70" t="s">
-        <v>270</v>
+        <v>281</v>
       </c>
       <c r="H70" t="s">
         <v>15</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="B71" t="s">
-        <v>276</v>
+        <v>283</v>
       </c>
       <c r="C71" t="s">
-        <v>277</v>
+        <v>284</v>
       </c>
       <c r="D71" t="s">
-        <v>268</v>
+        <v>285</v>
       </c>
       <c r="E71" t="s">
-        <v>54</v>
+        <v>74</v>
       </c>
       <c r="F71" t="s">
-        <v>269</v>
+        <v>286</v>
       </c>
       <c r="G71" t="s">
-        <v>270</v>
+        <v>287</v>
       </c>
       <c r="H71" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>278</v>
+        <v>288</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="B72" t="s">
-        <v>279</v>
+        <v>289</v>
       </c>
       <c r="C72" t="s">
-        <v>279</v>
+        <v>289</v>
       </c>
       <c r="D72" t="s">
-        <v>97</v>
+        <v>117</v>
       </c>
       <c r="E72" t="s">
-        <v>103</v>
+        <v>123</v>
       </c>
       <c r="F72" t="s">
-        <v>78</v>
+        <v>290</v>
       </c>
       <c r="H72" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>280</v>
+        <v>291</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B73" t="s">
-        <v>281</v>
+        <v>289</v>
       </c>
       <c r="C73" t="s">
-        <v>282</v>
+        <v>289</v>
       </c>
       <c r="D73" t="s">
-        <v>97</v>
+        <v>117</v>
       </c>
       <c r="E73" t="s">
-        <v>103</v>
+        <v>123</v>
       </c>
       <c r="F73" t="s">
-        <v>283</v>
+        <v>290</v>
+      </c>
+      <c r="G73" t="s">
+        <v>292</v>
       </c>
       <c r="H73" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>284</v>
+        <v>291</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="B74" t="s">
+        <v>293</v>
+      </c>
+      <c r="C74" t="s">
+        <v>294</v>
+      </c>
+      <c r="D74" t="s">
         <v>285</v>
       </c>
-      <c r="C74" t="s">
+      <c r="E74" t="s">
+        <v>74</v>
+      </c>
+      <c r="F74" t="s">
         <v>286</v>
       </c>
-      <c r="D74" t="s">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="G74" t="s">
+        <v>287</v>
       </c>
       <c r="H74" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>287</v>
+        <v>295</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="B75" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
       <c r="C75" t="s">
-        <v>289</v>
+        <v>294</v>
       </c>
       <c r="D75" t="s">
-        <v>97</v>
+        <v>285</v>
       </c>
       <c r="E75" t="s">
-        <v>103</v>
+        <v>74</v>
       </c>
       <c r="F75" t="s">
-        <v>290</v>
+        <v>286</v>
+      </c>
+      <c r="G75" t="s">
+        <v>287</v>
       </c>
       <c r="H75" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="B76" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="C76" t="s">
-        <v>289</v>
+        <v>296</v>
       </c>
       <c r="D76" t="s">
-        <v>97</v>
+        <v>117</v>
       </c>
       <c r="E76" t="s">
-        <v>12</v>
+        <v>123</v>
       </c>
       <c r="F76" t="s">
-        <v>290</v>
-[...2 lines deleted...]
-        <v>168</v>
+        <v>98</v>
       </c>
       <c r="H76" t="s">
-        <v>51</v>
+        <v>15</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>291</v>
+        <v>297</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="B77" t="s">
-        <v>293</v>
+        <v>298</v>
       </c>
       <c r="C77" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="D77" t="s">
-        <v>262</v>
+        <v>117</v>
       </c>
       <c r="E77" t="s">
-        <v>54</v>
+        <v>123</v>
       </c>
       <c r="F77" t="s">
-        <v>295</v>
-[...2 lines deleted...]
-        <v>168</v>
+        <v>300</v>
       </c>
       <c r="H77" t="s">
-        <v>51</v>
+        <v>15</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>179</v>
+        <v>301</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="B78" t="s">
-        <v>296</v>
+        <v>302</v>
       </c>
       <c r="C78" t="s">
-        <v>297</v>
+        <v>303</v>
       </c>
       <c r="D78" t="s">
-        <v>97</v>
+        <v>117</v>
       </c>
       <c r="E78" t="s">
-        <v>103</v>
+        <v>123</v>
       </c>
       <c r="F78" t="s">
-        <v>298</v>
-[...2 lines deleted...]
-        <v>168</v>
+        <v>37</v>
       </c>
       <c r="H78" t="s">
-        <v>51</v>
+        <v>15</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>299</v>
+        <v>304</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="B79" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="C79" t="s">
-        <v>301</v>
+        <v>306</v>
       </c>
       <c r="D79" t="s">
-        <v>262</v>
+        <v>117</v>
       </c>
       <c r="E79" t="s">
-        <v>177</v>
+        <v>123</v>
       </c>
       <c r="F79" t="s">
-        <v>210</v>
-[...2 lines deleted...]
-        <v>168</v>
+        <v>307</v>
       </c>
       <c r="H79" t="s">
-        <v>51</v>
+        <v>15</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>179</v>
+        <v>308</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B80" t="s">
-        <v>302</v>
+        <v>309</v>
       </c>
       <c r="C80" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="D80" t="s">
-        <v>262</v>
+        <v>117</v>
       </c>
       <c r="E80" t="s">
-        <v>54</v>
+        <v>12</v>
       </c>
       <c r="F80" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="G80" t="s">
-        <v>168</v>
+        <v>185</v>
       </c>
       <c r="H80" t="s">
-        <v>51</v>
+        <v>71</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>179</v>
+        <v>308</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="B81" t="s">
-        <v>305</v>
+        <v>310</v>
       </c>
       <c r="C81" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
       <c r="D81" t="s">
-        <v>262</v>
+        <v>279</v>
       </c>
       <c r="E81" t="s">
-        <v>54</v>
+        <v>74</v>
       </c>
       <c r="F81" t="s">
-        <v>307</v>
+        <v>312</v>
       </c>
       <c r="G81" t="s">
-        <v>168</v>
+        <v>185</v>
       </c>
       <c r="H81" t="s">
-        <v>32</v>
+        <v>71</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>179</v>
+        <v>196</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="B82" t="s">
-        <v>308</v>
+        <v>313</v>
       </c>
       <c r="C82" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
       <c r="D82" t="s">
-        <v>262</v>
+        <v>117</v>
       </c>
       <c r="E82" t="s">
-        <v>54</v>
+        <v>123</v>
       </c>
       <c r="F82" t="s">
-        <v>310</v>
+        <v>315</v>
       </c>
       <c r="G82" t="s">
-        <v>168</v>
+        <v>185</v>
       </c>
       <c r="H82" t="s">
-        <v>51</v>
+        <v>71</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>179</v>
+        <v>316</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83">
+        <v>5</v>
+      </c>
+      <c r="B83" t="s">
+        <v>317</v>
+      </c>
+      <c r="C83" t="s">
+        <v>318</v>
+      </c>
+      <c r="D83" t="s">
+        <v>279</v>
+      </c>
+      <c r="E83" t="s">
+        <v>194</v>
+      </c>
+      <c r="F83" t="s">
+        <v>227</v>
+      </c>
+      <c r="G83" t="s">
+        <v>185</v>
+      </c>
+      <c r="H83" t="s">
+        <v>71</v>
+      </c>
+      <c r="I83" s="1" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="84" spans="1:9">
+      <c r="A84">
+        <v>4</v>
+      </c>
+      <c r="B84" t="s">
+        <v>319</v>
+      </c>
+      <c r="C84" t="s">
+        <v>320</v>
+      </c>
+      <c r="D84" t="s">
+        <v>279</v>
+      </c>
+      <c r="E84" t="s">
+        <v>74</v>
+      </c>
+      <c r="F84" t="s">
+        <v>321</v>
+      </c>
+      <c r="G84" t="s">
+        <v>185</v>
+      </c>
+      <c r="H84" t="s">
+        <v>71</v>
+      </c>
+      <c r="I84" s="1" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="85" spans="1:9">
+      <c r="A85">
+        <v>3</v>
+      </c>
+      <c r="B85" t="s">
+        <v>322</v>
+      </c>
+      <c r="C85" t="s">
+        <v>323</v>
+      </c>
+      <c r="D85" t="s">
+        <v>279</v>
+      </c>
+      <c r="E85" t="s">
+        <v>74</v>
+      </c>
+      <c r="F85" t="s">
+        <v>324</v>
+      </c>
+      <c r="G85" t="s">
+        <v>185</v>
+      </c>
+      <c r="H85" t="s">
+        <v>15</v>
+      </c>
+      <c r="I85" s="1" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="86" spans="1:9">
+      <c r="A86">
+        <v>2</v>
+      </c>
+      <c r="B86" t="s">
+        <v>325</v>
+      </c>
+      <c r="C86" t="s">
+        <v>326</v>
+      </c>
+      <c r="D86" t="s">
+        <v>279</v>
+      </c>
+      <c r="E86" t="s">
+        <v>74</v>
+      </c>
+      <c r="F86" t="s">
+        <v>327</v>
+      </c>
+      <c r="G86" t="s">
+        <v>185</v>
+      </c>
+      <c r="H86" t="s">
+        <v>71</v>
+      </c>
+      <c r="I86" s="1" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="87" spans="1:9">
+      <c r="A87">
         <v>1</v>
       </c>
-      <c r="B83" t="s">
-[...21 lines deleted...]
-        <v>179</v>
+      <c r="B87" t="s">
+        <v>328</v>
+      </c>
+      <c r="C87" t="s">
+        <v>329</v>
+      </c>
+      <c r="D87" t="s">
+        <v>279</v>
+      </c>
+      <c r="E87" t="s">
+        <v>74</v>
+      </c>
+      <c r="F87" t="s">
+        <v>330</v>
+      </c>
+      <c r="G87" t="s">
+        <v>185</v>
+      </c>
+      <c r="H87" t="s">
+        <v>71</v>
+      </c>
+      <c r="I87" s="1" t="s">
+        <v>196</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">