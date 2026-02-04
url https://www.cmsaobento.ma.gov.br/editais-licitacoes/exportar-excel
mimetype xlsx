--- v1 (2025-12-14)
+++ v2 (2026-02-04)
@@ -12,112 +12,127 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="331">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="335">
   <si>
     <t>Sequência</t>
   </si>
   <si>
     <t>Licitação</t>
   </si>
   <si>
     <t>Nº/Ano</t>
   </si>
   <si>
     <t>Modalidade</t>
   </si>
   <si>
     <t>Tipo Licit.</t>
   </si>
   <si>
     <t>Objeto</t>
   </si>
   <si>
     <t>Data Abertura</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>Valor</t>
   </si>
   <si>
+    <t>DISPENSA nº 4/2025</t>
+  </si>
+  <si>
+    <t>4/2025</t>
+  </si>
+  <si>
+    <t>DISPENSA</t>
+  </si>
+  <si>
+    <t>Menor Preço</t>
+  </si>
+  <si>
+    <t>Prorrogação do contrato de Contratação de Empresa...</t>
+  </si>
+  <si>
+    <t>16/01/2026</t>
+  </si>
+  <si>
+    <t>Em Andamento</t>
+  </si>
+  <si>
+    <t>60.000,00</t>
+  </si>
+  <si>
     <t>PREGÃO ELETRÔNICO nº 34/2024</t>
   </si>
   <si>
     <t>34/2024</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO</t>
   </si>
   <si>
-    <t>Menor Preço</t>
-[...1 lines deleted...]
-  <si>
     <t>Aditivo de 24,75% sobre o valor global do Contrato...</t>
   </si>
   <si>
     <t>24/11/2025</t>
   </si>
   <si>
-    <t>Em Andamento</t>
-[...1 lines deleted...]
-  <si>
     <t>70.997,45</t>
   </si>
   <si>
     <t>DISPENSA nº 11/2025</t>
   </si>
   <si>
     <t>11/2025</t>
   </si>
   <si>
-    <t>DISPENSA</t>
-[...1 lines deleted...]
-  <si>
     <t>Contratação de empresa para prestação do serviço d...</t>
   </si>
   <si>
     <t>28/11/2025</t>
   </si>
   <si>
     <t>Homologada</t>
   </si>
   <si>
     <t>50.000,00</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 01/2024</t>
   </si>
   <si>
     <t>01/2024</t>
   </si>
   <si>
     <t>Aditivo de 25% (vinte e cinco por cento) dos itens...</t>
   </si>
   <si>
     <t>16/10/2025</t>
   </si>
   <si>
     <t>15.950,00</t>
@@ -243,53 +258,50 @@
     <t>INEXIGIBILIDADE nº 04/2025</t>
   </si>
   <si>
     <t>Contratação de empresa para prestação de serviço t...</t>
   </si>
   <si>
     <t>15/08/2025</t>
   </si>
   <si>
     <t>Concluída</t>
   </si>
   <si>
     <t>180.000,00</t>
   </si>
   <si>
     <t>DISPENSA nº 04/2025</t>
   </si>
   <si>
     <t>MENOR PREÇO</t>
   </si>
   <si>
     <t>Contratação de Empresa Especializada em Tecnologia...</t>
   </si>
   <si>
     <t>13/03/2025</t>
-  </si>
-[...1 lines deleted...]
-    <t>60.000,00</t>
   </si>
   <si>
     <t>ADESÃO ATA SRP nº 03/2025</t>
   </si>
   <si>
     <t>03/2025</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para manutenç...</t>
   </si>
   <si>
     <t>16/07/2025</t>
   </si>
   <si>
     <t>286.772,46</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 03/2025</t>
   </si>
   <si>
     <t>22/07/2025</t>
   </si>
   <si>
     <t>276.000,00</t>
   </si>
@@ -1354,2556 +1366,2585 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I87"/>
+  <dimension ref="A1:I88"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I87" sqref="I87"/>
+      <selection activeCell="I88" sqref="I88"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
       <c r="I2" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B3" t="s">
         <v>17</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
         <v>21</v>
       </c>
       <c r="H3" t="s">
+        <v>15</v>
+      </c>
+      <c r="I3" s="1" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="F4" t="s">
+        <v>25</v>
+      </c>
+      <c r="G4" t="s">
         <v>26</v>
       </c>
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
       <c r="I4" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B5" t="s">
         <v>29</v>
       </c>
       <c r="C5" t="s">
         <v>30</v>
       </c>
       <c r="D5" t="s">
         <v>19</v>
       </c>
       <c r="E5" t="s">
         <v>12</v>
       </c>
       <c r="F5" t="s">
         <v>31</v>
       </c>
       <c r="G5" t="s">
         <v>32</v>
       </c>
       <c r="H5" t="s">
         <v>15</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B6" t="s">
         <v>34</v>
       </c>
       <c r="C6" t="s">
         <v>35</v>
       </c>
       <c r="D6" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
       <c r="E6" t="s">
         <v>12</v>
       </c>
       <c r="F6" t="s">
+        <v>36</v>
+      </c>
+      <c r="G6" t="s">
         <v>37</v>
       </c>
-      <c r="G6" t="s">
+      <c r="H6" t="s">
+        <v>15</v>
+      </c>
+      <c r="I6" s="1" t="s">
         <v>38</v>
-      </c>
-[...4 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B7" t="s">
+        <v>39</v>
+      </c>
+      <c r="C7" t="s">
         <v>40</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="E7" t="s">
         <v>12</v>
       </c>
       <c r="F7" t="s">
         <v>42</v>
       </c>
       <c r="G7" t="s">
         <v>43</v>
       </c>
       <c r="H7" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="I7" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B8" t="s">
         <v>45</v>
       </c>
       <c r="C8" t="s">
         <v>46</v>
       </c>
       <c r="D8" t="s">
-        <v>19</v>
+        <v>41</v>
       </c>
       <c r="E8" t="s">
         <v>12</v>
       </c>
       <c r="F8" t="s">
         <v>47</v>
       </c>
       <c r="G8" t="s">
         <v>48</v>
       </c>
       <c r="H8" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="I8" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
-        <v>79</v>
+        <v>109</v>
       </c>
       <c r="B9" t="s">
         <v>50</v>
       </c>
       <c r="C9" t="s">
         <v>51</v>
       </c>
       <c r="D9" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="E9" t="s">
         <v>12</v>
       </c>
       <c r="F9" t="s">
-        <v>31</v>
+        <v>52</v>
       </c>
       <c r="G9" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="H9" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B10" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C10" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D10" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="E10" t="s">
         <v>12</v>
       </c>
       <c r="F10" t="s">
-        <v>56</v>
+        <v>36</v>
       </c>
       <c r="G10" t="s">
         <v>57</v>
       </c>
       <c r="H10" t="s">
         <v>15</v>
       </c>
       <c r="I10" s="1" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B11" t="s">
         <v>59</v>
       </c>
       <c r="C11" t="s">
-        <v>35</v>
+        <v>60</v>
       </c>
       <c r="D11" t="s">
-        <v>60</v>
+        <v>11</v>
       </c>
       <c r="E11" t="s">
         <v>12</v>
       </c>
       <c r="F11" t="s">
         <v>61</v>
       </c>
       <c r="G11" t="s">
         <v>62</v>
       </c>
       <c r="H11" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B12" t="s">
         <v>64</v>
       </c>
       <c r="C12" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="D12" t="s">
-        <v>19</v>
+        <v>65</v>
       </c>
       <c r="E12" t="s">
         <v>12</v>
       </c>
       <c r="F12" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="G12" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="H12" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B13" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C13" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="D13" t="s">
-        <v>60</v>
+        <v>11</v>
       </c>
       <c r="E13" t="s">
         <v>12</v>
       </c>
       <c r="F13" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="G13" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="H13" t="s">
-        <v>71</v>
+        <v>15</v>
       </c>
       <c r="I13" s="1" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B14" t="s">
         <v>73</v>
       </c>
       <c r="C14" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D14" t="s">
-        <v>19</v>
+        <v>65</v>
       </c>
       <c r="E14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F14" t="s">
         <v>74</v>
       </c>
-      <c r="F14" t="s">
+      <c r="G14" t="s">
         <v>75</v>
       </c>
-      <c r="G14" t="s">
+      <c r="H14" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="I14" s="1" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B15" t="s">
         <v>78</v>
       </c>
       <c r="C15" t="s">
+        <v>46</v>
+      </c>
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
         <v>79</v>
-      </c>
-[...4 lines deleted...]
-        <v>12</v>
       </c>
       <c r="F15" t="s">
         <v>80</v>
       </c>
       <c r="G15" t="s">
         <v>81</v>
       </c>
       <c r="H15" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>82</v>
+        <v>16</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B16" t="s">
+        <v>82</v>
+      </c>
+      <c r="C16" t="s">
         <v>83</v>
       </c>
-      <c r="C16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D16" t="s">
-        <v>60</v>
+        <v>41</v>
       </c>
       <c r="E16" t="s">
         <v>12</v>
       </c>
       <c r="F16" t="s">
-        <v>61</v>
+        <v>84</v>
       </c>
       <c r="G16" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="H16" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B17" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C17" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="D17" t="s">
-        <v>19</v>
+        <v>65</v>
       </c>
       <c r="E17" t="s">
-        <v>74</v>
+        <v>12</v>
       </c>
       <c r="F17" t="s">
-        <v>87</v>
+        <v>66</v>
       </c>
       <c r="G17" t="s">
-        <v>66</v>
+        <v>88</v>
       </c>
       <c r="H17" t="s">
-        <v>15</v>
+        <v>76</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>77</v>
+        <v>89</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B18" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C18" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="D18" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>12</v>
+        <v>79</v>
       </c>
       <c r="F18" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="G18" t="s">
-        <v>91</v>
+        <v>71</v>
       </c>
       <c r="H18" t="s">
-        <v>71</v>
+        <v>15</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>92</v>
+        <v>16</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B19" t="s">
+        <v>92</v>
+      </c>
+      <c r="C19" t="s">
         <v>93</v>
       </c>
-      <c r="C19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D19" t="s">
-        <v>60</v>
+        <v>41</v>
       </c>
       <c r="E19" t="s">
         <v>12</v>
       </c>
       <c r="F19" t="s">
         <v>94</v>
       </c>
       <c r="G19" t="s">
         <v>95</v>
       </c>
       <c r="H19" t="s">
+        <v>76</v>
+      </c>
+      <c r="I19" s="1" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B20" t="s">
         <v>97</v>
       </c>
       <c r="C20" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="D20" t="s">
-        <v>19</v>
+        <v>65</v>
       </c>
       <c r="E20" t="s">
-        <v>74</v>
+        <v>12</v>
       </c>
       <c r="F20" t="s">
         <v>98</v>
       </c>
       <c r="G20" t="s">
-        <v>76</v>
+        <v>99</v>
       </c>
       <c r="H20" t="s">
-        <v>71</v>
+        <v>100</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>99</v>
+        <v>89</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B21" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C21" t="s">
-        <v>101</v>
+        <v>93</v>
       </c>
       <c r="D21" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>12</v>
+        <v>79</v>
       </c>
       <c r="F21" t="s">
         <v>102</v>
       </c>
       <c r="G21" t="s">
-        <v>91</v>
+        <v>81</v>
       </c>
       <c r="H21" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="I21" s="1" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B22" t="s">
         <v>104</v>
       </c>
       <c r="C22" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="D22" t="s">
-        <v>19</v>
+        <v>41</v>
       </c>
       <c r="E22" t="s">
         <v>12</v>
       </c>
       <c r="F22" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="G22" t="s">
-        <v>106</v>
+        <v>95</v>
       </c>
       <c r="H22" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="I22" s="1" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B23" t="s">
         <v>108</v>
       </c>
       <c r="C23" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="D23" t="s">
-        <v>60</v>
+        <v>11</v>
       </c>
       <c r="E23" t="s">
         <v>12</v>
       </c>
       <c r="F23" t="s">
         <v>109</v>
       </c>
       <c r="G23" t="s">
         <v>110</v>
       </c>
       <c r="H23" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>63</v>
+        <v>111</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B24" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C24" t="s">
-        <v>112</v>
+        <v>105</v>
       </c>
       <c r="D24" t="s">
-        <v>19</v>
+        <v>65</v>
       </c>
       <c r="E24" t="s">
-        <v>74</v>
+        <v>12</v>
       </c>
       <c r="F24" t="s">
         <v>113</v>
       </c>
       <c r="G24" t="s">
         <v>114</v>
       </c>
       <c r="H24" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>115</v>
+        <v>68</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B25" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="C25" t="s">
         <v>116</v>
       </c>
       <c r="D25" t="s">
+        <v>11</v>
+      </c>
+      <c r="E25" t="s">
+        <v>79</v>
+      </c>
+      <c r="F25" t="s">
         <v>117</v>
       </c>
-      <c r="E25" t="s">
+      <c r="G25" t="s">
         <v>118</v>
       </c>
-      <c r="F25" t="s">
+      <c r="H25" t="s">
+        <v>76</v>
+      </c>
+      <c r="I25" s="1" t="s">
         <v>119</v>
-      </c>
-[...7 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B26" t="s">
+        <v>120</v>
+      </c>
+      <c r="C26" t="s">
+        <v>120</v>
+      </c>
+      <c r="D26" t="s">
+        <v>121</v>
+      </c>
+      <c r="E26" t="s">
         <v>122</v>
       </c>
-      <c r="C26" t="s">
-[...5 lines deleted...]
-      <c r="E26" t="s">
+      <c r="F26" t="s">
         <v>123</v>
       </c>
-      <c r="F26" t="s">
+      <c r="G26" t="s">
         <v>124</v>
       </c>
-      <c r="G26" t="s">
+      <c r="H26" t="s">
+        <v>27</v>
+      </c>
+      <c r="I26" s="1" t="s">
         <v>125</v>
-      </c>
-[...4 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B27" t="s">
-        <v>24</v>
+        <v>126</v>
       </c>
       <c r="C27" t="s">
-        <v>25</v>
+        <v>126</v>
       </c>
       <c r="D27" t="s">
-        <v>11</v>
+        <v>121</v>
       </c>
       <c r="E27" t="s">
-        <v>12</v>
+        <v>127</v>
       </c>
       <c r="F27" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="G27" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="H27" t="s">
-        <v>71</v>
+        <v>27</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B28" t="s">
-        <v>130</v>
+        <v>29</v>
       </c>
       <c r="C28" t="s">
-        <v>130</v>
+        <v>30</v>
       </c>
       <c r="D28" t="s">
-        <v>117</v>
+        <v>19</v>
       </c>
       <c r="E28" t="s">
-        <v>123</v>
+        <v>12</v>
       </c>
       <c r="F28" t="s">
         <v>131</v>
       </c>
       <c r="G28" t="s">
         <v>132</v>
       </c>
       <c r="H28" t="s">
-        <v>22</v>
+        <v>76</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>115</v>
+        <v>133</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B29" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C29" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D29" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="E29" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="F29" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="G29" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="H29" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B30" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C30" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D30" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="E30" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="F30" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="G30" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="H30" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B31" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C31" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D31" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="E31" t="s">
-        <v>74</v>
+        <v>127</v>
       </c>
       <c r="F31" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="G31" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="H31" t="s">
         <v>15</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B32" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C32" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D32" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="E32" t="s">
-        <v>123</v>
+        <v>79</v>
       </c>
       <c r="F32" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="G32" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="H32" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>144</v>
+        <v>119</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B33" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C33" t="s">
         <v>146</v>
       </c>
       <c r="D33" t="s">
-        <v>11</v>
+        <v>121</v>
       </c>
       <c r="E33" t="s">
-        <v>74</v>
+        <v>127</v>
       </c>
       <c r="F33" t="s">
         <v>147</v>
       </c>
       <c r="G33" t="s">
+        <v>145</v>
+      </c>
+      <c r="H33" t="s">
+        <v>27</v>
+      </c>
+      <c r="I33" s="1" t="s">
         <v>148</v>
-      </c>
-[...4 lines deleted...]
-        <v>149</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B34" t="s">
+        <v>149</v>
+      </c>
+      <c r="C34" t="s">
         <v>150</v>
       </c>
-      <c r="C34" t="s">
+      <c r="D34" t="s">
+        <v>19</v>
+      </c>
+      <c r="E34" t="s">
+        <v>79</v>
+      </c>
+      <c r="F34" t="s">
         <v>151</v>
       </c>
-      <c r="D34" t="s">
-[...2 lines deleted...]
-      <c r="E34" t="s">
+      <c r="G34" t="s">
         <v>152</v>
       </c>
-      <c r="F34" t="s">
+      <c r="H34" t="s">
+        <v>76</v>
+      </c>
+      <c r="I34" s="1" t="s">
         <v>153</v>
-      </c>
-[...7 lines deleted...]
-        <v>154</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B35" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="C35" t="s">
         <v>155</v>
       </c>
       <c r="D35" t="s">
-        <v>117</v>
+        <v>19</v>
       </c>
       <c r="E35" t="s">
-        <v>74</v>
+        <v>156</v>
       </c>
       <c r="F35" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="G35" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="H35" t="s">
-        <v>22</v>
+        <v>76</v>
       </c>
       <c r="I35" s="1" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B36" t="s">
         <v>159</v>
       </c>
       <c r="C36" t="s">
+        <v>159</v>
+      </c>
+      <c r="D36" t="s">
+        <v>121</v>
+      </c>
+      <c r="E36" t="s">
+        <v>79</v>
+      </c>
+      <c r="F36" t="s">
         <v>160</v>
-      </c>
-[...7 lines deleted...]
-        <v>153</v>
       </c>
       <c r="G36" t="s">
         <v>161</v>
       </c>
       <c r="H36" t="s">
-        <v>71</v>
+        <v>27</v>
       </c>
       <c r="I36" s="1" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B37" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="C37" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="D37" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E37" t="s">
-        <v>118</v>
+        <v>79</v>
       </c>
       <c r="F37" t="s">
-        <v>163</v>
+        <v>157</v>
       </c>
       <c r="G37" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="H37" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="I37" s="1"/>
+        <v>76</v>
+      </c>
+      <c r="I37" s="1" t="s">
+        <v>166</v>
+      </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B38" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="C38" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="D38" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E38" t="s">
-        <v>74</v>
+        <v>122</v>
       </c>
       <c r="F38" t="s">
         <v>167</v>
       </c>
       <c r="G38" t="s">
-        <v>148</v>
+        <v>168</v>
       </c>
       <c r="H38" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="I38" s="1"/>
     </row>
     <row r="39" spans="1:9">
       <c r="A39">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B39" t="s">
         <v>169</v>
       </c>
       <c r="C39" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D39" t="s">
-        <v>117</v>
+        <v>19</v>
       </c>
       <c r="E39" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="F39" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="G39" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="H39" t="s">
-        <v>71</v>
+        <v>27</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B40" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C40" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D40" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="E40" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="F40" t="s">
-        <v>90</v>
+        <v>174</v>
       </c>
       <c r="G40" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="H40" t="s">
-        <v>15</v>
+        <v>76</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B41" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="C41" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="D41" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="E41" t="s">
-        <v>123</v>
+        <v>79</v>
       </c>
       <c r="F41" t="s">
-        <v>175</v>
+        <v>94</v>
       </c>
       <c r="G41" t="s">
-        <v>176</v>
+        <v>152</v>
       </c>
       <c r="H41" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>115</v>
+        <v>177</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B42" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C42" t="s">
         <v>178</v>
       </c>
       <c r="D42" t="s">
-        <v>11</v>
+        <v>121</v>
       </c>
       <c r="E42" t="s">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="F42" t="s">
         <v>179</v>
       </c>
       <c r="G42" t="s">
         <v>180</v>
       </c>
       <c r="H42" t="s">
-        <v>71</v>
+        <v>27</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>181</v>
+        <v>119</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B43" t="s">
+        <v>181</v>
+      </c>
+      <c r="C43" t="s">
         <v>182</v>
       </c>
-      <c r="C43" t="s">
+      <c r="D43" t="s">
+        <v>19</v>
+      </c>
+      <c r="E43" t="s">
+        <v>122</v>
+      </c>
+      <c r="F43" t="s">
         <v>183</v>
       </c>
-      <c r="D43" t="s">
-[...5 lines deleted...]
-      <c r="F43" t="s">
+      <c r="G43" t="s">
         <v>184</v>
       </c>
-      <c r="G43" t="s">
+      <c r="H43" t="s">
+        <v>76</v>
+      </c>
+      <c r="I43" s="1" t="s">
         <v>185</v>
-      </c>
-[...4 lines deleted...]
-        <v>186</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B44" t="s">
+        <v>186</v>
+      </c>
+      <c r="C44" t="s">
         <v>187</v>
       </c>
-      <c r="C44" t="s">
+      <c r="D44" t="s">
+        <v>121</v>
+      </c>
+      <c r="E44" t="s">
+        <v>79</v>
+      </c>
+      <c r="F44" t="s">
         <v>188</v>
       </c>
-      <c r="D44" t="s">
-[...5 lines deleted...]
-      <c r="F44" t="s">
+      <c r="G44" t="s">
         <v>189</v>
       </c>
-      <c r="G44" t="s">
+      <c r="H44" t="s">
+        <v>76</v>
+      </c>
+      <c r="I44" s="1" t="s">
         <v>190</v>
-      </c>
-[...4 lines deleted...]
-        <v>191</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B45" t="s">
+        <v>191</v>
+      </c>
+      <c r="C45" t="s">
         <v>192</v>
       </c>
-      <c r="C45" t="s">
+      <c r="D45" t="s">
+        <v>121</v>
+      </c>
+      <c r="E45" t="s">
+        <v>12</v>
+      </c>
+      <c r="F45" t="s">
         <v>193</v>
       </c>
-      <c r="D45" t="s">
-[...2 lines deleted...]
-      <c r="E45" t="s">
+      <c r="G45" t="s">
         <v>194</v>
       </c>
-      <c r="F45" t="s">
+      <c r="H45" t="s">
+        <v>76</v>
+      </c>
+      <c r="I45" s="1" t="s">
         <v>195</v>
-      </c>
-[...7 lines deleted...]
-        <v>196</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B46" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="C46" t="s">
         <v>197</v>
       </c>
       <c r="D46" t="s">
-        <v>117</v>
+        <v>19</v>
       </c>
       <c r="E46" t="s">
-        <v>74</v>
+        <v>198</v>
       </c>
       <c r="F46" t="s">
-        <v>105</v>
+        <v>199</v>
       </c>
       <c r="G46" t="s">
-        <v>198</v>
+        <v>152</v>
       </c>
       <c r="H46" t="s">
-        <v>22</v>
+        <v>76</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B47" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C47" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D47" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="E47" t="s">
-        <v>123</v>
+        <v>79</v>
       </c>
       <c r="F47" t="s">
-        <v>201</v>
+        <v>109</v>
       </c>
       <c r="G47" t="s">
         <v>202</v>
       </c>
       <c r="H47" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="I47" s="1" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B48" t="s">
         <v>204</v>
       </c>
       <c r="C48" t="s">
         <v>204</v>
       </c>
       <c r="D48" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="E48" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="F48" t="s">
         <v>205</v>
       </c>
       <c r="G48" t="s">
         <v>206</v>
       </c>
       <c r="H48" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>115</v>
+        <v>207</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B49" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C49" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D49" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="E49" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="F49" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="G49" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="H49" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>210</v>
+        <v>119</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B50" t="s">
         <v>211</v>
       </c>
       <c r="C50" t="s">
         <v>211</v>
       </c>
       <c r="D50" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="E50" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="F50" t="s">
         <v>212</v>
       </c>
       <c r="G50" t="s">
         <v>213</v>
       </c>
       <c r="H50" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="I50" s="1" t="s">
         <v>214</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B51" t="s">
         <v>215</v>
       </c>
       <c r="C51" t="s">
         <v>215</v>
       </c>
       <c r="D51" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="E51" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="F51" t="s">
-        <v>90</v>
+        <v>216</v>
       </c>
       <c r="G51" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="H51" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B52" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C52" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="D52" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="E52" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="F52" t="s">
-        <v>219</v>
+        <v>94</v>
       </c>
       <c r="G52" t="s">
-        <v>185</v>
+        <v>220</v>
       </c>
       <c r="H52" t="s">
-        <v>71</v>
+        <v>27</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B53" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C53" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="D53" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="E53" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="F53" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="G53" t="s">
-        <v>222</v>
+        <v>189</v>
       </c>
       <c r="H53" t="s">
-        <v>22</v>
+        <v>76</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B54" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C54" t="s">
         <v>225</v>
       </c>
       <c r="D54" t="s">
+        <v>121</v>
+      </c>
+      <c r="E54" t="s">
+        <v>127</v>
+      </c>
+      <c r="F54" t="s">
+        <v>223</v>
+      </c>
+      <c r="G54" t="s">
         <v>226</v>
       </c>
-      <c r="E54" t="s">
-[...2 lines deleted...]
-      <c r="F54" t="s">
+      <c r="H54" t="s">
+        <v>27</v>
+      </c>
+      <c r="I54" s="1" t="s">
         <v>227</v>
-      </c>
-[...7 lines deleted...]
-        <v>199</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B55" t="s">
+        <v>228</v>
+      </c>
+      <c r="C55" t="s">
         <v>229</v>
       </c>
-      <c r="C55" t="s">
+      <c r="D55" t="s">
         <v>230</v>
       </c>
-      <c r="D55" t="s">
+      <c r="E55" t="s">
+        <v>79</v>
+      </c>
+      <c r="F55" t="s">
         <v>231</v>
       </c>
-      <c r="E55" t="s">
-[...2 lines deleted...]
-      <c r="F55" t="s">
+      <c r="G55" t="s">
         <v>232</v>
       </c>
-      <c r="G55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H55" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>115</v>
+        <v>203</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B56" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="C56" t="s">
         <v>234</v>
       </c>
       <c r="D56" t="s">
-        <v>117</v>
+        <v>235</v>
       </c>
       <c r="E56" t="s">
-        <v>74</v>
+        <v>122</v>
       </c>
       <c r="F56" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="G56" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="H56" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B57" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C57" t="s">
         <v>238</v>
       </c>
       <c r="D57" t="s">
-        <v>231</v>
+        <v>121</v>
       </c>
       <c r="E57" t="s">
-        <v>123</v>
+        <v>79</v>
       </c>
       <c r="F57" t="s">
         <v>239</v>
       </c>
       <c r="G57" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="H57" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B58" t="s">
+        <v>241</v>
+      </c>
+      <c r="C58" t="s">
+        <v>242</v>
+      </c>
+      <c r="D58" t="s">
+        <v>235</v>
+      </c>
+      <c r="E58" t="s">
+        <v>127</v>
+      </c>
+      <c r="F58" t="s">
+        <v>243</v>
+      </c>
+      <c r="G58" t="s">
         <v>240</v>
       </c>
-      <c r="C58" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H58" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>243</v>
+        <v>119</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B59" t="s">
         <v>244</v>
       </c>
       <c r="C59" t="s">
+        <v>242</v>
+      </c>
+      <c r="D59" t="s">
+        <v>230</v>
+      </c>
+      <c r="E59" t="s">
+        <v>79</v>
+      </c>
+      <c r="F59" t="s">
         <v>245</v>
       </c>
-      <c r="D59" t="s">
-[...5 lines deleted...]
-      <c r="F59" t="s">
+      <c r="G59" t="s">
         <v>246</v>
       </c>
-      <c r="G59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H59" t="s">
-        <v>71</v>
+        <v>27</v>
       </c>
       <c r="I59" s="1" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B60" t="s">
         <v>248</v>
       </c>
       <c r="C60" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D60" t="s">
-        <v>117</v>
+        <v>41</v>
       </c>
       <c r="E60" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="F60" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="G60" t="s">
-        <v>250</v>
+        <v>152</v>
       </c>
       <c r="H60" t="s">
-        <v>22</v>
+        <v>76</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>115</v>
+        <v>251</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B61" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C61" t="s">
         <v>252</v>
       </c>
       <c r="D61" t="s">
-        <v>36</v>
+        <v>121</v>
       </c>
       <c r="E61" t="s">
-        <v>12</v>
+        <v>127</v>
       </c>
       <c r="F61" t="s">
         <v>253</v>
       </c>
       <c r="G61" t="s">
         <v>254</v>
       </c>
       <c r="H61" t="s">
-        <v>71</v>
+        <v>27</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>255</v>
+        <v>119</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B62" t="s">
+        <v>255</v>
+      </c>
+      <c r="C62" t="s">
         <v>256</v>
       </c>
-      <c r="C62" t="s">
+      <c r="D62" t="s">
+        <v>41</v>
+      </c>
+      <c r="E62" t="s">
+        <v>12</v>
+      </c>
+      <c r="F62" t="s">
         <v>257</v>
       </c>
-      <c r="D62" t="s">
-[...5 lines deleted...]
-      <c r="F62" t="s">
+      <c r="G62" t="s">
         <v>258</v>
       </c>
-      <c r="G62" t="s">
+      <c r="H62" t="s">
+        <v>76</v>
+      </c>
+      <c r="I62" s="1" t="s">
         <v>259</v>
-      </c>
-[...4 lines deleted...]
-        <v>260</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B63" t="s">
+        <v>260</v>
+      </c>
+      <c r="C63" t="s">
         <v>261</v>
       </c>
-      <c r="C63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D63" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E63" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="F63" t="s">
-        <v>167</v>
+        <v>262</v>
       </c>
       <c r="G63" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="H63" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B64" t="s">
+        <v>265</v>
+      </c>
+      <c r="C64" t="s">
+        <v>261</v>
+      </c>
+      <c r="D64" t="s">
+        <v>19</v>
+      </c>
+      <c r="E64" t="s">
+        <v>79</v>
+      </c>
+      <c r="F64" t="s">
+        <v>171</v>
+      </c>
+      <c r="G64" t="s">
         <v>263</v>
       </c>
-      <c r="C64" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H64" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B65" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C65" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="D65" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="E65" t="s">
-        <v>118</v>
+        <v>12</v>
       </c>
       <c r="F65" t="s">
-        <v>267</v>
+        <v>94</v>
       </c>
       <c r="G65" t="s">
-        <v>268</v>
+        <v>189</v>
       </c>
       <c r="H65" t="s">
-        <v>22</v>
+        <v>76</v>
       </c>
       <c r="I65" s="1" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B66" t="s">
         <v>270</v>
       </c>
       <c r="C66" t="s">
         <v>270</v>
       </c>
       <c r="D66" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="E66" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="F66" t="s">
-        <v>105</v>
+        <v>271</v>
+      </c>
+      <c r="G66" t="s">
+        <v>272</v>
       </c>
       <c r="H66" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B67" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="C67" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="D67" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="E67" t="s">
-        <v>74</v>
+        <v>127</v>
       </c>
       <c r="F67" t="s">
-        <v>105</v>
-[...2 lines deleted...]
-        <v>272</v>
+        <v>109</v>
       </c>
       <c r="H67" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B68" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="C68" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="D68" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="E68" t="s">
-        <v>123</v>
+        <v>79</v>
       </c>
       <c r="F68" t="s">
-        <v>274</v>
+        <v>109</v>
+      </c>
+      <c r="G68" t="s">
+        <v>276</v>
       </c>
       <c r="H68" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="I68" s="1" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B69" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="C69" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="D69" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="E69" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="F69" t="s">
-        <v>274</v>
-[...2 lines deleted...]
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="H69" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B70" t="s">
         <v>277</v>
       </c>
       <c r="C70" t="s">
+        <v>277</v>
+      </c>
+      <c r="D70" t="s">
+        <v>121</v>
+      </c>
+      <c r="E70" t="s">
+        <v>127</v>
+      </c>
+      <c r="F70" t="s">
         <v>278</v>
       </c>
-      <c r="D70" t="s">
+      <c r="G70" t="s">
+        <v>280</v>
+      </c>
+      <c r="H70" t="s">
+        <v>27</v>
+      </c>
+      <c r="I70" s="1" t="s">
         <v>279</v>
-      </c>
-[...13 lines deleted...]
-        <v>282</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B71" t="s">
+        <v>281</v>
+      </c>
+      <c r="C71" t="s">
+        <v>282</v>
+      </c>
+      <c r="D71" t="s">
         <v>283</v>
       </c>
-      <c r="C71" t="s">
+      <c r="E71" t="s">
+        <v>79</v>
+      </c>
+      <c r="F71" t="s">
         <v>284</v>
       </c>
-      <c r="D71" t="s">
+      <c r="G71" t="s">
         <v>285</v>
       </c>
-      <c r="E71" t="s">
-[...2 lines deleted...]
-      <c r="F71" t="s">
+      <c r="H71" t="s">
+        <v>15</v>
+      </c>
+      <c r="I71" s="1" t="s">
         <v>286</v>
-      </c>
-[...7 lines deleted...]
-        <v>288</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B72" t="s">
+        <v>287</v>
+      </c>
+      <c r="C72" t="s">
+        <v>288</v>
+      </c>
+      <c r="D72" t="s">
         <v>289</v>
       </c>
-      <c r="C72" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E72" t="s">
-        <v>123</v>
+        <v>79</v>
       </c>
       <c r="F72" t="s">
         <v>290</v>
       </c>
+      <c r="G72" t="s">
+        <v>291</v>
+      </c>
       <c r="H72" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73">
+        <v>16</v>
+      </c>
+      <c r="B73" t="s">
+        <v>293</v>
+      </c>
+      <c r="C73" t="s">
+        <v>293</v>
+      </c>
+      <c r="D73" t="s">
+        <v>121</v>
+      </c>
+      <c r="E73" t="s">
+        <v>127</v>
+      </c>
+      <c r="F73" t="s">
+        <v>294</v>
+      </c>
+      <c r="H73" t="s">
         <v>15</v>
       </c>
-      <c r="B73" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="I73" s="1" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B74" t="s">
         <v>293</v>
       </c>
       <c r="C74" t="s">
+        <v>293</v>
+      </c>
+      <c r="D74" t="s">
+        <v>121</v>
+      </c>
+      <c r="E74" t="s">
+        <v>127</v>
+      </c>
+      <c r="F74" t="s">
         <v>294</v>
       </c>
-      <c r="D74" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G74" t="s">
-        <v>287</v>
+        <v>296</v>
       </c>
       <c r="H74" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="I74" s="1" t="s">
         <v>295</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B75" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="C75" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
       <c r="D75" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
       <c r="E75" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="F75" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="G75" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="H75" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B76" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="C76" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="D76" t="s">
-        <v>117</v>
+        <v>289</v>
       </c>
       <c r="E76" t="s">
-        <v>123</v>
+        <v>79</v>
       </c>
       <c r="F76" t="s">
-        <v>98</v>
+        <v>290</v>
+      </c>
+      <c r="G76" t="s">
+        <v>291</v>
       </c>
       <c r="H76" t="s">
         <v>15</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B77" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="C77" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="D77" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="E77" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="F77" t="s">
-        <v>300</v>
+        <v>102</v>
       </c>
       <c r="H77" t="s">
         <v>15</v>
       </c>
       <c r="I77" s="1" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B78" t="s">
         <v>302</v>
       </c>
       <c r="C78" t="s">
         <v>303</v>
       </c>
       <c r="D78" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="E78" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="F78" t="s">
-        <v>37</v>
+        <v>304</v>
       </c>
       <c r="H78" t="s">
         <v>15</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B79" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="C79" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="D79" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="E79" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="F79" t="s">
-        <v>307</v>
+        <v>42</v>
       </c>
       <c r="H79" t="s">
         <v>15</v>
       </c>
       <c r="I79" s="1" t="s">
         <v>308</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B80" t="s">
         <v>309</v>
       </c>
       <c r="C80" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="D80" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="E80" t="s">
-        <v>12</v>
+        <v>127</v>
       </c>
       <c r="F80" t="s">
-        <v>307</v>
-[...2 lines deleted...]
-        <v>185</v>
+        <v>311</v>
       </c>
       <c r="H80" t="s">
-        <v>71</v>
+        <v>15</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B81" t="s">
+        <v>313</v>
+      </c>
+      <c r="C81" t="s">
         <v>310</v>
       </c>
-      <c r="C81" t="s">
+      <c r="D81" t="s">
+        <v>121</v>
+      </c>
+      <c r="E81" t="s">
+        <v>12</v>
+      </c>
+      <c r="F81" t="s">
         <v>311</v>
       </c>
-      <c r="D81" t="s">
-[...5 lines deleted...]
-      <c r="F81" t="s">
+      <c r="G81" t="s">
+        <v>189</v>
+      </c>
+      <c r="H81" t="s">
+        <v>76</v>
+      </c>
+      <c r="I81" s="1" t="s">
         <v>312</v>
-      </c>
-[...7 lines deleted...]
-        <v>196</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B82" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="C82" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="D82" t="s">
-        <v>117</v>
+        <v>283</v>
       </c>
       <c r="E82" t="s">
-        <v>123</v>
+        <v>79</v>
       </c>
       <c r="F82" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="G82" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="H82" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>316</v>
+        <v>200</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B83" t="s">
         <v>317</v>
       </c>
       <c r="C83" t="s">
         <v>318</v>
       </c>
       <c r="D83" t="s">
-        <v>279</v>
+        <v>121</v>
       </c>
       <c r="E83" t="s">
-        <v>194</v>
+        <v>127</v>
       </c>
       <c r="F83" t="s">
-        <v>227</v>
+        <v>319</v>
       </c>
       <c r="G83" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="H83" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>196</v>
+        <v>320</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="B84" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="C84" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="D84" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="E84" t="s">
-        <v>74</v>
+        <v>198</v>
       </c>
       <c r="F84" t="s">
-        <v>321</v>
+        <v>231</v>
       </c>
       <c r="G84" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="H84" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="B85" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="C85" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="D85" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="E85" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="F85" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="G85" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="H85" t="s">
-        <v>15</v>
+        <v>76</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="B86" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="C86" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="D86" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="E86" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="F86" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="G86" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="H86" t="s">
-        <v>71</v>
+        <v>15</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87">
+        <v>2</v>
+      </c>
+      <c r="B87" t="s">
+        <v>329</v>
+      </c>
+      <c r="C87" t="s">
+        <v>330</v>
+      </c>
+      <c r="D87" t="s">
+        <v>283</v>
+      </c>
+      <c r="E87" t="s">
+        <v>79</v>
+      </c>
+      <c r="F87" t="s">
+        <v>331</v>
+      </c>
+      <c r="G87" t="s">
+        <v>189</v>
+      </c>
+      <c r="H87" t="s">
+        <v>76</v>
+      </c>
+      <c r="I87" s="1" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="88" spans="1:9">
+      <c r="A88">
         <v>1</v>
       </c>
-      <c r="B87" t="s">
-[...21 lines deleted...]
-        <v>196</v>
+      <c r="B88" t="s">
+        <v>332</v>
+      </c>
+      <c r="C88" t="s">
+        <v>333</v>
+      </c>
+      <c r="D88" t="s">
+        <v>283</v>
+      </c>
+      <c r="E88" t="s">
+        <v>79</v>
+      </c>
+      <c r="F88" t="s">
+        <v>334</v>
+      </c>
+      <c r="G88" t="s">
+        <v>189</v>
+      </c>
+      <c r="H88" t="s">
+        <v>76</v>
+      </c>
+      <c r="I88" s="1" t="s">
+        <v>200</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">