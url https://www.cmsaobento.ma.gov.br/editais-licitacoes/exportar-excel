--- v2 (2026-02-04)
+++ v3 (2026-03-21)
@@ -12,136 +12,199 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="335">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="351">
   <si>
     <t>Sequência</t>
   </si>
   <si>
     <t>Licitação</t>
   </si>
   <si>
     <t>Nº/Ano</t>
   </si>
   <si>
     <t>Modalidade</t>
   </si>
   <si>
     <t>Tipo Licit.</t>
   </si>
   <si>
     <t>Objeto</t>
   </si>
   <si>
     <t>Data Abertura</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>Valor</t>
   </si>
   <si>
+    <t>TOMADA DE PREÇO nº 03/2021</t>
+  </si>
+  <si>
+    <t>03/2021</t>
+  </si>
+  <si>
+    <t>TOMADA DE PREÇO</t>
+  </si>
+  <si>
+    <t>Menor Preço</t>
+  </si>
+  <si>
+    <t>Prorrogação do contrato de Prestação de serviços t...</t>
+  </si>
+  <si>
+    <t>06/03/2026</t>
+  </si>
+  <si>
+    <t>Homologada</t>
+  </si>
+  <si>
+    <t>225.000,00</t>
+  </si>
+  <si>
+    <t>DISPENSA nº 02/2026</t>
+  </si>
+  <si>
+    <t>02/2026</t>
+  </si>
+  <si>
+    <t>DISPENSA</t>
+  </si>
+  <si>
+    <t>Contratação de empresa para a realização de curso...</t>
+  </si>
+  <si>
+    <t>02/03/2026</t>
+  </si>
+  <si>
+    <t>20.000,00</t>
+  </si>
+  <si>
+    <t>DISPENSA nº 01/2026</t>
+  </si>
+  <si>
+    <t>01/2026</t>
+  </si>
+  <si>
+    <t>Contratação de empresa para o fornecimento de mate...</t>
+  </si>
+  <si>
+    <t>27/02/2026</t>
+  </si>
+  <si>
+    <t>Em Andamento</t>
+  </si>
+  <si>
+    <t>42.615,87</t>
+  </si>
+  <si>
+    <t>DISPENSA nº 01/2025</t>
+  </si>
+  <si>
+    <t>01/2025</t>
+  </si>
+  <si>
+    <t>Prorrogação do contrato de contratação de empresa...</t>
+  </si>
+  <si>
+    <t>06/02/2026</t>
+  </si>
+  <si>
+    <t>6.000,00</t>
+  </si>
+  <si>
     <t>DISPENSA nº 4/2025</t>
   </si>
   <si>
     <t>4/2025</t>
   </si>
   <si>
-    <t>DISPENSA</t>
-[...4 lines deleted...]
-  <si>
     <t>Prorrogação do contrato de Contratação de Empresa...</t>
   </si>
   <si>
     <t>16/01/2026</t>
   </si>
   <si>
-    <t>Em Andamento</t>
-[...1 lines deleted...]
-  <si>
     <t>60.000,00</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 34/2024</t>
   </si>
   <si>
     <t>34/2024</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO</t>
   </si>
   <si>
     <t>Aditivo de 24,75% sobre o valor global do Contrato...</t>
   </si>
   <si>
     <t>24/11/2025</t>
   </si>
   <si>
     <t>70.997,45</t>
   </si>
   <si>
     <t>DISPENSA nº 11/2025</t>
   </si>
   <si>
     <t>11/2025</t>
   </si>
   <si>
     <t>Contratação de empresa para prestação do serviço d...</t>
   </si>
   <si>
     <t>28/11/2025</t>
   </si>
   <si>
-    <t>Homologada</t>
-[...1 lines deleted...]
-  <si>
     <t>50.000,00</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 01/2024</t>
   </si>
   <si>
     <t>01/2024</t>
   </si>
   <si>
     <t>Aditivo de 25% (vinte e cinco por cento) dos itens...</t>
   </si>
   <si>
     <t>16/10/2025</t>
   </si>
   <si>
     <t>15.950,00</t>
   </si>
   <si>
     <t>DISPENSA nº 10/2025</t>
   </si>
   <si>
     <t>10/2025</t>
   </si>
   <si>
     <t>Contratação de empresa para prestação de serviço d...</t>
@@ -329,71 +392,62 @@
   <si>
     <t>INEXIGIBILIDADE nº 02/2025</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM CONSULTORI...</t>
   </si>
   <si>
     <t>24/02/2025</t>
   </si>
   <si>
     <t>Finalizada</t>
   </si>
   <si>
     <t>DISPENSA nº 02/2025</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para locação...</t>
   </si>
   <si>
     <t>61.200,00</t>
   </si>
   <si>
     <t>ADESÃO ATA SRP nº 01/2025</t>
   </si>
   <si>
-    <t>01/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA FORNECIM...</t>
   </si>
   <si>
     <t>167.273,65</t>
   </si>
   <si>
-    <t>DISPENSA nº 01/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Contratação de empresa especializada na locação de...</t>
   </si>
   <si>
     <t>17/02/2025</t>
   </si>
   <si>
-    <t>6.000,00</t>
-[...1 lines deleted...]
-  <si>
     <t>INEXIGIBILIDADE nº 01/2025</t>
   </si>
   <si>
     <t>Prestação de serviços técnicos de assessoria e con...</t>
   </si>
   <si>
     <t>20/02/2025</t>
   </si>
   <si>
     <t>DISPENSA nº 004/2025</t>
   </si>
   <si>
     <t>004/2025</t>
   </si>
   <si>
     <t>contratação de empresa especializada na locação de...</t>
   </si>
   <si>
     <t>03/07/2025</t>
   </si>
   <si>
     <t>R$ 0,00</t>
   </si>
   <si>
     <t>09/2024</t>
@@ -473,53 +527,50 @@
   <si>
     <t>27/03/2024</t>
   </si>
   <si>
     <t>003/2024</t>
   </si>
   <si>
     <t>Contratação de sistema compatível com as exigência...</t>
   </si>
   <si>
     <t>R$ 10.000,00</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO 002/2024</t>
   </si>
   <si>
     <t>002/2024</t>
   </si>
   <si>
     <t>3° ADITIVO DE EMPRESA PARA PRESTAÇÃO DE SERVIÇO DE...</t>
   </si>
   <si>
     <t>02/05/2025</t>
   </si>
   <si>
-    <t>225.000,00</t>
-[...1 lines deleted...]
-  <si>
     <t>PREGÃO ELETRÔNICO 001/2024</t>
   </si>
   <si>
     <t>001/2024</t>
   </si>
   <si>
     <t>MELHOR PREÇO</t>
   </si>
   <si>
     <t>Registro de Preços de empresa especializada em ser...</t>
   </si>
   <si>
     <t>137.800,00</t>
   </si>
   <si>
     <t>05./2023</t>
   </si>
   <si>
     <t>Contratação de empresa especializada na instalação...</t>
   </si>
   <si>
     <t>03/03/2023</t>
   </si>
   <si>
     <t>R$ 80.607,43</t>
@@ -879,53 +930,50 @@
     <t>01/02/2021</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL 005/2021</t>
   </si>
   <si>
     <t>005/2021</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL</t>
   </si>
   <si>
     <t>Registro de Preços de Empresa Especializada em Ser...</t>
   </si>
   <si>
     <t>15/02/2021</t>
   </si>
   <si>
     <t>4.160,73</t>
   </si>
   <si>
     <t>TOMADA DE PREÇO 003/2021</t>
   </si>
   <si>
     <t>003/2021</t>
-  </si>
-[...1 lines deleted...]
-    <t>TOMADA DE PREÇO</t>
   </si>
   <si>
     <t>Contratação de Serviços Técnicos Especializados em...</t>
   </si>
   <si>
     <t>04/03/2021</t>
   </si>
   <si>
     <t>R$ 239.820,00</t>
   </si>
   <si>
     <t>002/2021</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE BRINDES PERSONALIZADOS</t>
   </si>
   <si>
     <t>R$ 10.203,67</t>
   </si>
   <si>
     <t>05/01/2021</t>
   </si>
   <si>
     <t>TOMADA DE PREÇO 001/2021</t>
   </si>
@@ -1366,2585 +1414,2701 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I88"/>
+  <dimension ref="A1:I92"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I88" sqref="I88"/>
+      <selection activeCell="I92" sqref="I92"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
       <c r="I2" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="B3" t="s">
         <v>17</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
         <v>21</v>
       </c>
       <c r="H3" t="s">
         <v>15</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="B4" t="s">
         <v>23</v>
       </c>
       <c r="C4" t="s">
         <v>24</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="F4" t="s">
         <v>25</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4" t="s">
         <v>27</v>
       </c>
       <c r="I4" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="B5" t="s">
         <v>29</v>
       </c>
       <c r="C5" t="s">
         <v>30</v>
       </c>
       <c r="D5" t="s">
         <v>19</v>
       </c>
       <c r="E5" t="s">
         <v>12</v>
       </c>
       <c r="F5" t="s">
         <v>31</v>
       </c>
       <c r="G5" t="s">
         <v>32</v>
       </c>
       <c r="H5" t="s">
         <v>15</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="B6" t="s">
         <v>34</v>
       </c>
       <c r="C6" t="s">
         <v>35</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E6" t="s">
         <v>12</v>
       </c>
       <c r="F6" t="s">
         <v>36</v>
       </c>
       <c r="G6" t="s">
         <v>37</v>
       </c>
       <c r="H6" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="I6" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="B7" t="s">
         <v>39</v>
       </c>
       <c r="C7" t="s">
         <v>40</v>
       </c>
       <c r="D7" t="s">
         <v>41</v>
       </c>
       <c r="E7" t="s">
         <v>12</v>
       </c>
       <c r="F7" t="s">
         <v>42</v>
       </c>
       <c r="G7" t="s">
         <v>43</v>
       </c>
       <c r="H7" t="s">
         <v>27</v>
       </c>
       <c r="I7" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="B8" t="s">
         <v>45</v>
       </c>
       <c r="C8" t="s">
         <v>46</v>
       </c>
       <c r="D8" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="E8" t="s">
         <v>12</v>
       </c>
       <c r="F8" t="s">
         <v>47</v>
       </c>
       <c r="G8" t="s">
         <v>48</v>
       </c>
       <c r="H8" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="I8" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="B9" t="s">
         <v>50</v>
       </c>
       <c r="C9" t="s">
         <v>51</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E9" t="s">
         <v>12</v>
       </c>
       <c r="F9" t="s">
         <v>52</v>
       </c>
       <c r="G9" t="s">
         <v>53</v>
       </c>
       <c r="H9" t="s">
         <v>27</v>
       </c>
       <c r="I9" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
-        <v>79</v>
+        <v>112</v>
       </c>
       <c r="B10" t="s">
         <v>55</v>
       </c>
       <c r="C10" t="s">
         <v>56</v>
       </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E10" t="s">
         <v>12</v>
       </c>
       <c r="F10" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="G10" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H10" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
-        <v>78</v>
+        <v>111</v>
       </c>
       <c r="B11" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C11" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="E11" t="s">
         <v>12</v>
       </c>
       <c r="F11" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="G11" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="H11" t="s">
         <v>15</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
-        <v>77</v>
+        <v>110</v>
       </c>
       <c r="B12" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="C12" t="s">
-        <v>40</v>
+        <v>67</v>
       </c>
       <c r="D12" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="E12" t="s">
         <v>12</v>
       </c>
       <c r="F12" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="G12" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="H12" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
-        <v>76</v>
+        <v>109</v>
       </c>
       <c r="B13" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="C13" t="s">
-        <v>40</v>
+        <v>72</v>
       </c>
       <c r="D13" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E13" t="s">
         <v>12</v>
       </c>
       <c r="F13" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="G13" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="H13" t="s">
         <v>15</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="B14" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="C14" t="s">
-        <v>46</v>
+        <v>77</v>
       </c>
       <c r="D14" t="s">
-        <v>65</v>
+        <v>19</v>
       </c>
       <c r="E14" t="s">
         <v>12</v>
       </c>
       <c r="F14" t="s">
-        <v>74</v>
+        <v>57</v>
       </c>
       <c r="G14" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="H14" t="s">
-        <v>76</v>
+        <v>27</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="B15" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="C15" t="s">
-        <v>46</v>
+        <v>81</v>
       </c>
       <c r="D15" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E15" t="s">
-        <v>79</v>
+        <v>12</v>
       </c>
       <c r="F15" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="G15" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="H15" t="s">
-        <v>76</v>
+        <v>27</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>16</v>
+        <v>84</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="B16" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="C16" t="s">
-        <v>83</v>
+        <v>61</v>
       </c>
       <c r="D16" t="s">
-        <v>41</v>
+        <v>86</v>
       </c>
       <c r="E16" t="s">
         <v>12</v>
       </c>
       <c r="F16" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="G16" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="H16" t="s">
-        <v>76</v>
+        <v>15</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="B17" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="C17" t="s">
-        <v>83</v>
+        <v>61</v>
       </c>
       <c r="D17" t="s">
-        <v>65</v>
+        <v>19</v>
       </c>
       <c r="E17" t="s">
         <v>12</v>
       </c>
       <c r="F17" t="s">
-        <v>66</v>
+        <v>91</v>
       </c>
       <c r="G17" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="H17" t="s">
-        <v>76</v>
+        <v>27</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="B18" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="C18" t="s">
-        <v>83</v>
+        <v>67</v>
       </c>
       <c r="D18" t="s">
-        <v>11</v>
+        <v>86</v>
       </c>
       <c r="E18" t="s">
-        <v>79</v>
+        <v>12</v>
       </c>
       <c r="F18" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="G18" t="s">
-        <v>71</v>
+        <v>96</v>
       </c>
       <c r="H18" t="s">
-        <v>15</v>
+        <v>97</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>16</v>
+        <v>98</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="B19" t="s">
-        <v>92</v>
+        <v>99</v>
       </c>
       <c r="C19" t="s">
-        <v>93</v>
+        <v>67</v>
       </c>
       <c r="D19" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="E19" t="s">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="F19" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
       <c r="G19" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="H19" t="s">
-        <v>76</v>
+        <v>97</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>96</v>
+        <v>38</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="B20" t="s">
-        <v>97</v>
+        <v>103</v>
       </c>
       <c r="C20" t="s">
-        <v>93</v>
+        <v>104</v>
       </c>
       <c r="D20" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="E20" t="s">
         <v>12</v>
       </c>
       <c r="F20" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="G20" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="H20" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>89</v>
+        <v>107</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="B21" t="s">
-        <v>101</v>
+        <v>108</v>
       </c>
       <c r="C21" t="s">
-        <v>93</v>
+        <v>104</v>
       </c>
       <c r="D21" t="s">
-        <v>11</v>
+        <v>86</v>
       </c>
       <c r="E21" t="s">
-        <v>79</v>
+        <v>12</v>
       </c>
       <c r="F21" t="s">
-        <v>102</v>
+        <v>87</v>
       </c>
       <c r="G21" t="s">
-        <v>81</v>
+        <v>109</v>
       </c>
       <c r="H21" t="s">
-        <v>76</v>
+        <v>97</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="B22" t="s">
+        <v>111</v>
+      </c>
+      <c r="C22" t="s">
         <v>104</v>
       </c>
-      <c r="C22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D22" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="E22" t="s">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="F22" t="s">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="G22" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="H22" t="s">
-        <v>76</v>
+        <v>27</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>107</v>
+        <v>38</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="B23" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="C23" t="s">
-        <v>105</v>
+        <v>114</v>
       </c>
       <c r="D23" t="s">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="E23" t="s">
         <v>12</v>
       </c>
       <c r="F23" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="G23" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="H23" t="s">
-        <v>76</v>
+        <v>97</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="B24" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="C24" t="s">
-        <v>105</v>
+        <v>114</v>
       </c>
       <c r="D24" t="s">
-        <v>65</v>
+        <v>86</v>
       </c>
       <c r="E24" t="s">
         <v>12</v>
       </c>
       <c r="F24" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="G24" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="H24" t="s">
-        <v>76</v>
+        <v>121</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>68</v>
+        <v>110</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="B25" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="C25" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="D25" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E25" t="s">
-        <v>79</v>
+        <v>100</v>
       </c>
       <c r="F25" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="G25" t="s">
-        <v>118</v>
+        <v>102</v>
       </c>
       <c r="H25" t="s">
-        <v>76</v>
+        <v>97</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="B26" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="C26" t="s">
-        <v>120</v>
+        <v>30</v>
       </c>
       <c r="D26" t="s">
-        <v>121</v>
+        <v>62</v>
       </c>
       <c r="E26" t="s">
-        <v>122</v>
+        <v>12</v>
       </c>
       <c r="F26" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="G26" t="s">
-        <v>124</v>
+        <v>116</v>
       </c>
       <c r="H26" t="s">
-        <v>27</v>
+        <v>97</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="B27" t="s">
-        <v>126</v>
+        <v>29</v>
       </c>
       <c r="C27" t="s">
-        <v>126</v>
+        <v>30</v>
       </c>
       <c r="D27" t="s">
-        <v>121</v>
+        <v>19</v>
       </c>
       <c r="E27" t="s">
-        <v>127</v>
+        <v>12</v>
       </c>
       <c r="F27" t="s">
         <v>128</v>
       </c>
       <c r="G27" t="s">
         <v>129</v>
       </c>
       <c r="H27" t="s">
-        <v>27</v>
+        <v>97</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>130</v>
+        <v>33</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="B28" t="s">
-        <v>29</v>
+        <v>130</v>
       </c>
       <c r="C28" t="s">
         <v>30</v>
       </c>
       <c r="D28" t="s">
-        <v>19</v>
+        <v>86</v>
       </c>
       <c r="E28" t="s">
         <v>12</v>
       </c>
       <c r="F28" t="s">
         <v>131</v>
       </c>
       <c r="G28" t="s">
         <v>132</v>
       </c>
       <c r="H28" t="s">
-        <v>76</v>
+        <v>97</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>133</v>
+        <v>89</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="B29" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="C29" t="s">
         <v>134</v>
       </c>
       <c r="D29" t="s">
-        <v>121</v>
+        <v>19</v>
       </c>
       <c r="E29" t="s">
-        <v>127</v>
+        <v>100</v>
       </c>
       <c r="F29" t="s">
         <v>135</v>
       </c>
       <c r="G29" t="s">
         <v>136</v>
       </c>
       <c r="H29" t="s">
-        <v>27</v>
+        <v>97</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>119</v>
+        <v>137</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="B30" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C30" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D30" t="s">
-        <v>121</v>
+        <v>139</v>
       </c>
       <c r="E30" t="s">
-        <v>127</v>
+        <v>140</v>
       </c>
       <c r="F30" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="G30" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="H30" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>119</v>
+        <v>143</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="B31" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="C31" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="D31" t="s">
-        <v>121</v>
+        <v>139</v>
       </c>
       <c r="E31" t="s">
-        <v>127</v>
+        <v>145</v>
       </c>
       <c r="F31" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="G31" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="H31" t="s">
         <v>15</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>119</v>
+        <v>148</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="B32" t="s">
-        <v>143</v>
+        <v>50</v>
       </c>
       <c r="C32" t="s">
-        <v>143</v>
+        <v>51</v>
       </c>
       <c r="D32" t="s">
-        <v>121</v>
+        <v>41</v>
       </c>
       <c r="E32" t="s">
-        <v>79</v>
+        <v>12</v>
       </c>
       <c r="F32" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="G32" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="H32" t="s">
-        <v>15</v>
+        <v>97</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>119</v>
+        <v>151</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="B33" t="s">
-        <v>146</v>
+        <v>152</v>
       </c>
       <c r="C33" t="s">
-        <v>146</v>
+        <v>152</v>
       </c>
       <c r="D33" t="s">
-        <v>121</v>
+        <v>139</v>
       </c>
       <c r="E33" t="s">
-        <v>127</v>
+        <v>145</v>
       </c>
       <c r="F33" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="G33" t="s">
-        <v>145</v>
+        <v>154</v>
       </c>
       <c r="H33" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>148</v>
+        <v>137</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="B34" t="s">
-        <v>149</v>
+        <v>155</v>
       </c>
       <c r="C34" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="D34" t="s">
-        <v>19</v>
+        <v>139</v>
       </c>
       <c r="E34" t="s">
-        <v>79</v>
+        <v>145</v>
       </c>
       <c r="F34" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="G34" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="H34" t="s">
-        <v>76</v>
+        <v>15</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>153</v>
+        <v>137</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="B35" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="C35" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="D35" t="s">
-        <v>19</v>
+        <v>139</v>
       </c>
       <c r="E35" t="s">
-        <v>156</v>
+        <v>145</v>
       </c>
       <c r="F35" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="G35" t="s">
-        <v>152</v>
+        <v>160</v>
       </c>
       <c r="H35" t="s">
-        <v>76</v>
+        <v>27</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>158</v>
+        <v>137</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="B36" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="C36" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="D36" t="s">
-        <v>121</v>
+        <v>139</v>
       </c>
       <c r="E36" t="s">
-        <v>79</v>
+        <v>100</v>
       </c>
       <c r="F36" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="G36" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="H36" t="s">
         <v>27</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="B37" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C37" t="s">
         <v>164</v>
       </c>
       <c r="D37" t="s">
-        <v>19</v>
+        <v>139</v>
       </c>
       <c r="E37" t="s">
-        <v>79</v>
+        <v>145</v>
       </c>
       <c r="F37" t="s">
-        <v>157</v>
+        <v>165</v>
       </c>
       <c r="G37" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="H37" t="s">
-        <v>76</v>
+        <v>15</v>
       </c>
       <c r="I37" s="1" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="B38" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="C38" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="D38" t="s">
-        <v>19</v>
+        <v>41</v>
       </c>
       <c r="E38" t="s">
-        <v>122</v>
+        <v>100</v>
       </c>
       <c r="F38" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="G38" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="H38" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="I38" s="1"/>
+        <v>97</v>
+      </c>
+      <c r="I38" s="1" t="s">
+        <v>16</v>
+      </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="B39" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="C39" t="s">
+        <v>172</v>
+      </c>
+      <c r="D39" t="s">
+        <v>41</v>
+      </c>
+      <c r="E39" t="s">
+        <v>173</v>
+      </c>
+      <c r="F39" t="s">
+        <v>174</v>
+      </c>
+      <c r="G39" t="s">
         <v>170</v>
       </c>
-      <c r="D39" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H39" t="s">
-        <v>27</v>
+        <v>97</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="B40" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="C40" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="D40" t="s">
-        <v>121</v>
+        <v>139</v>
       </c>
       <c r="E40" t="s">
-        <v>79</v>
+        <v>100</v>
       </c>
       <c r="F40" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="G40" t="s">
-        <v>152</v>
+        <v>178</v>
       </c>
       <c r="H40" t="s">
-        <v>76</v>
+        <v>15</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="B41" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="C41" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="D41" t="s">
-        <v>121</v>
+        <v>41</v>
       </c>
       <c r="E41" t="s">
-        <v>79</v>
+        <v>100</v>
       </c>
       <c r="F41" t="s">
-        <v>94</v>
+        <v>174</v>
       </c>
       <c r="G41" t="s">
-        <v>152</v>
+        <v>182</v>
       </c>
       <c r="H41" t="s">
-        <v>15</v>
+        <v>97</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>177</v>
+        <v>183</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="B42" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="C42" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="D42" t="s">
-        <v>121</v>
+        <v>41</v>
       </c>
       <c r="E42" t="s">
-        <v>127</v>
+        <v>140</v>
       </c>
       <c r="F42" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="G42" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="H42" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>15</v>
+      </c>
+      <c r="I42" s="1"/>
     </row>
     <row r="43" spans="1:9">
       <c r="A43">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="B43" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="C43" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="D43" t="s">
-        <v>19</v>
+        <v>41</v>
       </c>
       <c r="E43" t="s">
-        <v>122</v>
+        <v>100</v>
       </c>
       <c r="F43" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="G43" t="s">
-        <v>184</v>
+        <v>170</v>
       </c>
       <c r="H43" t="s">
-        <v>76</v>
+        <v>15</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="B44" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="C44" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="D44" t="s">
-        <v>121</v>
+        <v>139</v>
       </c>
       <c r="E44" t="s">
-        <v>79</v>
+        <v>100</v>
       </c>
       <c r="F44" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="G44" t="s">
-        <v>189</v>
+        <v>170</v>
       </c>
       <c r="H44" t="s">
-        <v>76</v>
+        <v>97</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="B45" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="C45" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D45" t="s">
-        <v>121</v>
+        <v>139</v>
       </c>
       <c r="E45" t="s">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="F45" t="s">
-        <v>193</v>
+        <v>115</v>
       </c>
       <c r="G45" t="s">
+        <v>170</v>
+      </c>
+      <c r="H45" t="s">
+        <v>27</v>
+      </c>
+      <c r="I45" s="1" t="s">
         <v>194</v>
-      </c>
-[...4 lines deleted...]
-        <v>195</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="B46" t="s">
+        <v>195</v>
+      </c>
+      <c r="C46" t="s">
+        <v>195</v>
+      </c>
+      <c r="D46" t="s">
+        <v>139</v>
+      </c>
+      <c r="E46" t="s">
+        <v>145</v>
+      </c>
+      <c r="F46" t="s">
         <v>196</v>
       </c>
-      <c r="C46" t="s">
+      <c r="G46" t="s">
         <v>197</v>
       </c>
-      <c r="D46" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H46" t="s">
-        <v>76</v>
+        <v>15</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>200</v>
+        <v>137</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="B47" t="s">
+        <v>198</v>
+      </c>
+      <c r="C47" t="s">
+        <v>199</v>
+      </c>
+      <c r="D47" t="s">
+        <v>41</v>
+      </c>
+      <c r="E47" t="s">
+        <v>140</v>
+      </c>
+      <c r="F47" t="s">
+        <v>200</v>
+      </c>
+      <c r="G47" t="s">
         <v>201</v>
       </c>
-      <c r="C47" t="s">
-[...11 lines deleted...]
-      <c r="G47" t="s">
+      <c r="H47" t="s">
+        <v>97</v>
+      </c>
+      <c r="I47" s="1" t="s">
         <v>202</v>
-      </c>
-[...4 lines deleted...]
-        <v>203</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="B48" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="C48" t="s">
         <v>204</v>
       </c>
       <c r="D48" t="s">
-        <v>121</v>
+        <v>139</v>
       </c>
       <c r="E48" t="s">
-        <v>127</v>
+        <v>100</v>
       </c>
       <c r="F48" t="s">
         <v>205</v>
       </c>
       <c r="G48" t="s">
         <v>206</v>
       </c>
       <c r="H48" t="s">
-        <v>27</v>
+        <v>97</v>
       </c>
       <c r="I48" s="1" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="B49" t="s">
         <v>208</v>
       </c>
       <c r="C49" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D49" t="s">
-        <v>121</v>
+        <v>139</v>
       </c>
       <c r="E49" t="s">
-        <v>127</v>
+        <v>12</v>
       </c>
       <c r="F49" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="G49" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="H49" t="s">
-        <v>15</v>
+        <v>97</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="B50" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C50" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="D50" t="s">
-        <v>121</v>
+        <v>41</v>
       </c>
       <c r="E50" t="s">
-        <v>127</v>
+        <v>215</v>
       </c>
       <c r="F50" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="G50" t="s">
-        <v>213</v>
+        <v>170</v>
       </c>
       <c r="H50" t="s">
-        <v>27</v>
+        <v>97</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="B51" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="C51" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="D51" t="s">
-        <v>121</v>
+        <v>139</v>
       </c>
       <c r="E51" t="s">
-        <v>127</v>
+        <v>100</v>
       </c>
       <c r="F51" t="s">
-        <v>216</v>
+        <v>128</v>
       </c>
       <c r="G51" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="H51" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="B52" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C52" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="D52" t="s">
-        <v>121</v>
+        <v>139</v>
       </c>
       <c r="E52" t="s">
-        <v>127</v>
+        <v>145</v>
       </c>
       <c r="F52" t="s">
-        <v>94</v>
+        <v>222</v>
       </c>
       <c r="G52" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="H52" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="B53" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="C53" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="D53" t="s">
-        <v>121</v>
+        <v>139</v>
       </c>
       <c r="E53" t="s">
-        <v>127</v>
+        <v>145</v>
       </c>
       <c r="F53" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="G53" t="s">
-        <v>189</v>
+        <v>227</v>
       </c>
       <c r="H53" t="s">
-        <v>76</v>
+        <v>27</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>224</v>
+        <v>137</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="B54" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="C54" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="D54" t="s">
-        <v>121</v>
+        <v>139</v>
       </c>
       <c r="E54" t="s">
-        <v>127</v>
+        <v>145</v>
       </c>
       <c r="F54" t="s">
-        <v>223</v>
+        <v>229</v>
       </c>
       <c r="G54" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="H54" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="B55" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="C55" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="D55" t="s">
-        <v>230</v>
+        <v>139</v>
       </c>
       <c r="E55" t="s">
-        <v>79</v>
+        <v>145</v>
       </c>
       <c r="F55" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="G55" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="H55" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>203</v>
+        <v>235</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="B56" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="C56" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="D56" t="s">
-        <v>235</v>
+        <v>139</v>
       </c>
       <c r="E56" t="s">
-        <v>122</v>
+        <v>145</v>
       </c>
       <c r="F56" t="s">
-        <v>236</v>
+        <v>115</v>
       </c>
       <c r="G56" t="s">
         <v>237</v>
       </c>
       <c r="H56" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>119</v>
+        <v>238</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="B57" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C57" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="D57" t="s">
-        <v>121</v>
+        <v>139</v>
       </c>
       <c r="E57" t="s">
-        <v>79</v>
+        <v>145</v>
       </c>
       <c r="F57" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="G57" t="s">
-        <v>240</v>
+        <v>206</v>
       </c>
       <c r="H57" t="s">
-        <v>27</v>
+        <v>97</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>119</v>
+        <v>241</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="B58" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C58" t="s">
         <v>242</v>
       </c>
       <c r="D58" t="s">
-        <v>235</v>
+        <v>139</v>
       </c>
       <c r="E58" t="s">
-        <v>127</v>
+        <v>145</v>
       </c>
       <c r="F58" t="s">
+        <v>240</v>
+      </c>
+      <c r="G58" t="s">
         <v>243</v>
       </c>
-      <c r="G58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H58" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>119</v>
+        <v>244</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="B59" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C59" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="D59" t="s">
-        <v>230</v>
+        <v>247</v>
       </c>
       <c r="E59" t="s">
-        <v>79</v>
+        <v>100</v>
       </c>
       <c r="F59" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="G59" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="H59" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>247</v>
+        <v>220</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B60" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="C60" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="D60" t="s">
-        <v>41</v>
+        <v>252</v>
       </c>
       <c r="E60" t="s">
-        <v>127</v>
+        <v>140</v>
       </c>
       <c r="F60" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="G60" t="s">
-        <v>152</v>
+        <v>254</v>
       </c>
       <c r="H60" t="s">
-        <v>76</v>
+        <v>15</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>251</v>
+        <v>137</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="B61" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="C61" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="D61" t="s">
-        <v>121</v>
+        <v>139</v>
       </c>
       <c r="E61" t="s">
-        <v>127</v>
+        <v>100</v>
       </c>
       <c r="F61" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="G61" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="H61" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>119</v>
+        <v>137</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="B62" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="C62" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="D62" t="s">
-        <v>41</v>
+        <v>252</v>
       </c>
       <c r="E62" t="s">
-        <v>12</v>
+        <v>145</v>
       </c>
       <c r="F62" t="s">
+        <v>260</v>
+      </c>
+      <c r="G62" t="s">
         <v>257</v>
       </c>
-      <c r="G62" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H62" t="s">
-        <v>76</v>
+        <v>15</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>259</v>
+        <v>137</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="B63" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C63" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="D63" t="s">
-        <v>19</v>
+        <v>247</v>
       </c>
       <c r="E63" t="s">
-        <v>79</v>
+        <v>100</v>
       </c>
       <c r="F63" t="s">
         <v>262</v>
       </c>
       <c r="G63" t="s">
         <v>263</v>
       </c>
       <c r="H63" t="s">
-        <v>76</v>
+        <v>15</v>
       </c>
       <c r="I63" s="1" t="s">
         <v>264</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="B64" t="s">
         <v>265</v>
       </c>
       <c r="C64" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="D64" t="s">
-        <v>19</v>
+        <v>62</v>
       </c>
       <c r="E64" t="s">
-        <v>79</v>
+        <v>145</v>
       </c>
       <c r="F64" t="s">
-        <v>171</v>
+        <v>267</v>
       </c>
       <c r="G64" t="s">
-        <v>263</v>
+        <v>170</v>
       </c>
       <c r="H64" t="s">
-        <v>76</v>
+        <v>97</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="B65" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="C65" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="D65" t="s">
-        <v>121</v>
+        <v>139</v>
       </c>
       <c r="E65" t="s">
-        <v>12</v>
+        <v>145</v>
       </c>
       <c r="F65" t="s">
-        <v>94</v>
+        <v>270</v>
       </c>
       <c r="G65" t="s">
-        <v>189</v>
+        <v>271</v>
       </c>
       <c r="H65" t="s">
-        <v>76</v>
+        <v>15</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>269</v>
+        <v>137</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="B66" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="C66" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="D66" t="s">
-        <v>121</v>
+        <v>62</v>
       </c>
       <c r="E66" t="s">
-        <v>122</v>
+        <v>12</v>
       </c>
       <c r="F66" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="G66" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="H66" t="s">
-        <v>27</v>
+        <v>97</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="B67" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="C67" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="D67" t="s">
-        <v>121</v>
+        <v>41</v>
       </c>
       <c r="E67" t="s">
-        <v>127</v>
+        <v>100</v>
       </c>
       <c r="F67" t="s">
-        <v>109</v>
+        <v>279</v>
+      </c>
+      <c r="G67" t="s">
+        <v>280</v>
       </c>
       <c r="H67" t="s">
-        <v>15</v>
+        <v>97</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>275</v>
+        <v>281</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="B68" t="s">
-        <v>274</v>
+        <v>282</v>
       </c>
       <c r="C68" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="D68" t="s">
-        <v>121</v>
+        <v>41</v>
       </c>
       <c r="E68" t="s">
-        <v>79</v>
+        <v>100</v>
       </c>
       <c r="F68" t="s">
-        <v>109</v>
+        <v>188</v>
       </c>
       <c r="G68" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="H68" t="s">
-        <v>27</v>
+        <v>97</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>275</v>
+        <v>283</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="B69" t="s">
-        <v>277</v>
+        <v>284</v>
       </c>
       <c r="C69" t="s">
-        <v>277</v>
+        <v>285</v>
       </c>
       <c r="D69" t="s">
-        <v>121</v>
+        <v>139</v>
       </c>
       <c r="E69" t="s">
-        <v>127</v>
+        <v>12</v>
       </c>
       <c r="F69" t="s">
-        <v>278</v>
+        <v>115</v>
+      </c>
+      <c r="G69" t="s">
+        <v>206</v>
       </c>
       <c r="H69" t="s">
-        <v>15</v>
+        <v>97</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>279</v>
+        <v>286</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="B70" t="s">
-        <v>277</v>
+        <v>287</v>
       </c>
       <c r="C70" t="s">
-        <v>277</v>
+        <v>287</v>
       </c>
       <c r="D70" t="s">
-        <v>121</v>
+        <v>139</v>
       </c>
       <c r="E70" t="s">
-        <v>127</v>
+        <v>140</v>
       </c>
       <c r="F70" t="s">
-        <v>278</v>
+        <v>288</v>
       </c>
       <c r="G70" t="s">
-        <v>280</v>
+        <v>289</v>
       </c>
       <c r="H70" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>279</v>
+        <v>290</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B71" t="s">
-        <v>281</v>
+        <v>291</v>
       </c>
       <c r="C71" t="s">
-        <v>282</v>
+        <v>291</v>
       </c>
       <c r="D71" t="s">
-        <v>283</v>
+        <v>139</v>
       </c>
       <c r="E71" t="s">
-        <v>79</v>
+        <v>145</v>
       </c>
       <c r="F71" t="s">
-        <v>284</v>
-[...2 lines deleted...]
-        <v>285</v>
+        <v>128</v>
       </c>
       <c r="H71" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>286</v>
+        <v>292</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="B72" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="C72" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="D72" t="s">
-        <v>289</v>
+        <v>139</v>
       </c>
       <c r="E72" t="s">
-        <v>79</v>
+        <v>100</v>
       </c>
       <c r="F72" t="s">
-        <v>290</v>
+        <v>128</v>
       </c>
       <c r="G72" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="H72" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="I72" s="1" t="s">
         <v>292</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B73" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="C73" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="D73" t="s">
-        <v>121</v>
+        <v>139</v>
       </c>
       <c r="E73" t="s">
-        <v>127</v>
+        <v>145</v>
       </c>
       <c r="F73" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="H73" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74">
+        <v>19</v>
+      </c>
+      <c r="B74" t="s">
+        <v>294</v>
+      </c>
+      <c r="C74" t="s">
+        <v>294</v>
+      </c>
+      <c r="D74" t="s">
+        <v>139</v>
+      </c>
+      <c r="E74" t="s">
+        <v>145</v>
+      </c>
+      <c r="F74" t="s">
+        <v>295</v>
+      </c>
+      <c r="G74" t="s">
+        <v>297</v>
+      </c>
+      <c r="H74" t="s">
         <v>15</v>
       </c>
-      <c r="B74" t="s">
-[...14 lines deleted...]
-      <c r="G74" t="s">
+      <c r="I74" s="1" t="s">
         <v>296</v>
-      </c>
-[...4 lines deleted...]
-        <v>295</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="B75" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="C75" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="D75" t="s">
-        <v>289</v>
+        <v>300</v>
       </c>
       <c r="E75" t="s">
-        <v>79</v>
+        <v>100</v>
       </c>
       <c r="F75" t="s">
-        <v>290</v>
+        <v>301</v>
       </c>
       <c r="G75" t="s">
-        <v>291</v>
+        <v>302</v>
       </c>
       <c r="H75" t="s">
         <v>27</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="B76" t="s">
-        <v>297</v>
+        <v>304</v>
       </c>
       <c r="C76" t="s">
-        <v>298</v>
+        <v>305</v>
       </c>
       <c r="D76" t="s">
-        <v>289</v>
+        <v>11</v>
       </c>
       <c r="E76" t="s">
-        <v>79</v>
+        <v>100</v>
       </c>
       <c r="F76" t="s">
-        <v>290</v>
+        <v>306</v>
       </c>
       <c r="G76" t="s">
-        <v>291</v>
+        <v>307</v>
       </c>
       <c r="H76" t="s">
         <v>15</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>299</v>
+        <v>308</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="B77" t="s">
-        <v>300</v>
+        <v>309</v>
       </c>
       <c r="C77" t="s">
-        <v>300</v>
+        <v>309</v>
       </c>
       <c r="D77" t="s">
-        <v>121</v>
+        <v>139</v>
       </c>
       <c r="E77" t="s">
-        <v>127</v>
+        <v>145</v>
       </c>
       <c r="F77" t="s">
-        <v>102</v>
+        <v>310</v>
       </c>
       <c r="H77" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>301</v>
+        <v>311</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B78" t="s">
-        <v>302</v>
+        <v>309</v>
       </c>
       <c r="C78" t="s">
-        <v>303</v>
+        <v>309</v>
       </c>
       <c r="D78" t="s">
-        <v>121</v>
+        <v>139</v>
       </c>
       <c r="E78" t="s">
-        <v>127</v>
+        <v>145</v>
       </c>
       <c r="F78" t="s">
-        <v>304</v>
+        <v>310</v>
+      </c>
+      <c r="G78" t="s">
+        <v>312</v>
       </c>
       <c r="H78" t="s">
         <v>15</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>305</v>
+        <v>311</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="B79" t="s">
+        <v>313</v>
+      </c>
+      <c r="C79" t="s">
+        <v>314</v>
+      </c>
+      <c r="D79" t="s">
+        <v>11</v>
+      </c>
+      <c r="E79" t="s">
+        <v>100</v>
+      </c>
+      <c r="F79" t="s">
         <v>306</v>
       </c>
-      <c r="C79" t="s">
+      <c r="G79" t="s">
         <v>307</v>
-      </c>
-[...7 lines deleted...]
-        <v>42</v>
       </c>
       <c r="H79" t="s">
         <v>15</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>308</v>
+        <v>315</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="B80" t="s">
-        <v>309</v>
+        <v>313</v>
       </c>
       <c r="C80" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="D80" t="s">
-        <v>121</v>
+        <v>11</v>
       </c>
       <c r="E80" t="s">
-        <v>127</v>
+        <v>100</v>
       </c>
       <c r="F80" t="s">
-        <v>311</v>
+        <v>306</v>
+      </c>
+      <c r="G80" t="s">
+        <v>307</v>
       </c>
       <c r="H80" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="B81" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="C81" t="s">
-        <v>310</v>
+        <v>316</v>
       </c>
       <c r="D81" t="s">
-        <v>121</v>
+        <v>139</v>
       </c>
       <c r="E81" t="s">
-        <v>12</v>
+        <v>145</v>
       </c>
       <c r="F81" t="s">
-        <v>311</v>
-[...2 lines deleted...]
-        <v>189</v>
+        <v>123</v>
       </c>
       <c r="H81" t="s">
-        <v>76</v>
+        <v>27</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="B82" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="C82" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="D82" t="s">
-        <v>283</v>
+        <v>139</v>
       </c>
       <c r="E82" t="s">
-        <v>79</v>
+        <v>145</v>
       </c>
       <c r="F82" t="s">
-        <v>316</v>
-[...2 lines deleted...]
-        <v>189</v>
+        <v>320</v>
       </c>
       <c r="H82" t="s">
-        <v>76</v>
+        <v>27</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>200</v>
+        <v>321</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="B83" t="s">
-        <v>317</v>
+        <v>322</v>
       </c>
       <c r="C83" t="s">
-        <v>318</v>
+        <v>323</v>
       </c>
       <c r="D83" t="s">
-        <v>121</v>
+        <v>139</v>
       </c>
       <c r="E83" t="s">
-        <v>127</v>
+        <v>145</v>
       </c>
       <c r="F83" t="s">
-        <v>319</v>
-[...2 lines deleted...]
-        <v>189</v>
+        <v>63</v>
       </c>
       <c r="H83" t="s">
-        <v>76</v>
+        <v>27</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="B84" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="C84" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="D84" t="s">
-        <v>283</v>
+        <v>139</v>
       </c>
       <c r="E84" t="s">
-        <v>198</v>
+        <v>145</v>
       </c>
       <c r="F84" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-        <v>189</v>
+        <v>327</v>
       </c>
       <c r="H84" t="s">
-        <v>76</v>
+        <v>27</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>200</v>
+        <v>328</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B85" t="s">
-        <v>323</v>
+        <v>329</v>
       </c>
       <c r="C85" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="D85" t="s">
-        <v>283</v>
+        <v>139</v>
       </c>
       <c r="E85" t="s">
-        <v>79</v>
+        <v>12</v>
       </c>
       <c r="F85" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="G85" t="s">
-        <v>189</v>
+        <v>206</v>
       </c>
       <c r="H85" t="s">
-        <v>76</v>
+        <v>97</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>200</v>
+        <v>328</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="B86" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="C86" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="D86" t="s">
-        <v>283</v>
+        <v>300</v>
       </c>
       <c r="E86" t="s">
-        <v>79</v>
+        <v>100</v>
       </c>
       <c r="F86" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="G86" t="s">
-        <v>189</v>
+        <v>206</v>
       </c>
       <c r="H86" t="s">
-        <v>15</v>
+        <v>97</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>200</v>
+        <v>217</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="B87" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="C87" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="D87" t="s">
-        <v>283</v>
+        <v>139</v>
       </c>
       <c r="E87" t="s">
-        <v>79</v>
+        <v>145</v>
       </c>
       <c r="F87" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="G87" t="s">
-        <v>189</v>
+        <v>206</v>
       </c>
       <c r="H87" t="s">
-        <v>76</v>
+        <v>97</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>200</v>
+        <v>336</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88">
+        <v>5</v>
+      </c>
+      <c r="B88" t="s">
+        <v>337</v>
+      </c>
+      <c r="C88" t="s">
+        <v>338</v>
+      </c>
+      <c r="D88" t="s">
+        <v>300</v>
+      </c>
+      <c r="E88" t="s">
+        <v>215</v>
+      </c>
+      <c r="F88" t="s">
+        <v>248</v>
+      </c>
+      <c r="G88" t="s">
+        <v>206</v>
+      </c>
+      <c r="H88" t="s">
+        <v>97</v>
+      </c>
+      <c r="I88" s="1" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="89" spans="1:9">
+      <c r="A89">
+        <v>4</v>
+      </c>
+      <c r="B89" t="s">
+        <v>339</v>
+      </c>
+      <c r="C89" t="s">
+        <v>340</v>
+      </c>
+      <c r="D89" t="s">
+        <v>300</v>
+      </c>
+      <c r="E89" t="s">
+        <v>100</v>
+      </c>
+      <c r="F89" t="s">
+        <v>341</v>
+      </c>
+      <c r="G89" t="s">
+        <v>206</v>
+      </c>
+      <c r="H89" t="s">
+        <v>97</v>
+      </c>
+      <c r="I89" s="1" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="90" spans="1:9">
+      <c r="A90">
+        <v>3</v>
+      </c>
+      <c r="B90" t="s">
+        <v>342</v>
+      </c>
+      <c r="C90" t="s">
+        <v>343</v>
+      </c>
+      <c r="D90" t="s">
+        <v>300</v>
+      </c>
+      <c r="E90" t="s">
+        <v>100</v>
+      </c>
+      <c r="F90" t="s">
+        <v>344</v>
+      </c>
+      <c r="G90" t="s">
+        <v>206</v>
+      </c>
+      <c r="H90" t="s">
+        <v>27</v>
+      </c>
+      <c r="I90" s="1" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="91" spans="1:9">
+      <c r="A91">
+        <v>2</v>
+      </c>
+      <c r="B91" t="s">
+        <v>345</v>
+      </c>
+      <c r="C91" t="s">
+        <v>346</v>
+      </c>
+      <c r="D91" t="s">
+        <v>300</v>
+      </c>
+      <c r="E91" t="s">
+        <v>100</v>
+      </c>
+      <c r="F91" t="s">
+        <v>347</v>
+      </c>
+      <c r="G91" t="s">
+        <v>206</v>
+      </c>
+      <c r="H91" t="s">
+        <v>97</v>
+      </c>
+      <c r="I91" s="1" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="92" spans="1:9">
+      <c r="A92">
         <v>1</v>
       </c>
-      <c r="B88" t="s">
-[...21 lines deleted...]
-        <v>200</v>
+      <c r="B92" t="s">
+        <v>348</v>
+      </c>
+      <c r="C92" t="s">
+        <v>349</v>
+      </c>
+      <c r="D92" t="s">
+        <v>300</v>
+      </c>
+      <c r="E92" t="s">
+        <v>100</v>
+      </c>
+      <c r="F92" t="s">
+        <v>350</v>
+      </c>
+      <c r="G92" t="s">
+        <v>206</v>
+      </c>
+      <c r="H92" t="s">
+        <v>97</v>
+      </c>
+      <c r="I92" s="1" t="s">
+        <v>217</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">